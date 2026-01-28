--- v0 (2025-11-06)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -176,318 +176,324 @@
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
+  </si>
+  <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2023</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5:2018</t>
+  </si>
+  <si>
+    <t>Malawi Bureau of Standards (MBS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
+  </si>
+  <si>
+    <t>MS IEC TS 62257-9-8</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
+  </si>
+  <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
+    <t>Refrigeration</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>IEC 62552:2015, Part 1, 2, and 3</t>
+  </si>
+  <si>
+    <t>Malawi Energy Regulatory Authority (MERA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...251 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -595,53 +601,50 @@
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
     <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
   </si>
   <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
     <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
   </si>
   <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
     <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
     <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
   </si>
   <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
@@ -846,50 +849,53 @@
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -931,50 +937,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -1605,2440 +1614,2440 @@
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="L7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>35</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
         <v>35</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>77</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2022</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
         <v>35</v>
       </c>
       <c r="L10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="N10" t="s">
+        <v>81</v>
+      </c>
+      <c r="O10" t="s">
         <v>86</v>
       </c>
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
         <v>89</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="F11" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="K11" t="s">
         <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H12"/>
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M12" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>99</v>
       </c>
-      <c r="P12"/>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K13" t="s">
         <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K14" t="s">
         <v>35</v>
       </c>
       <c r="L14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K15" t="s">
         <v>35</v>
       </c>
       <c r="L15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>35</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>122</v>
       </c>
       <c r="P16" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>124</v>
       </c>
       <c r="B17" t="s">
         <v>125</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>50</v>
       </c>
       <c r="H17">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I17">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>50</v>
       </c>
       <c r="H18">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I18">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I19">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>35</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>139</v>
       </c>
       <c r="P19" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>141</v>
       </c>
       <c r="B20" t="s">
         <v>142</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="H20">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>35</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P20" t="s">
-        <v>58</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21">
         <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K21" t="s">
         <v>35</v>
       </c>
       <c r="L21" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P21" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>35</v>
       </c>
       <c r="L22" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>35</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>51</v>
       </c>
       <c r="K24" t="s">
         <v>35</v>
       </c>
       <c r="L24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M24" t="s">
         <v>36</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P24" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>36</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>50</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
         <v>51</v>
       </c>
       <c r="K26" t="s">
         <v>35</v>
       </c>
       <c r="L26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M26" t="s">
         <v>36</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2019</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
         <v>35</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>36</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
         <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E28" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="K28" t="s">
         <v>35</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>36</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>50</v>
       </c>
       <c r="H29">
         <v>2017</v>
       </c>
       <c r="I29">
         <v>2021</v>
       </c>
       <c r="J29" t="s">
         <v>51</v>
       </c>
       <c r="K29" t="s">
         <v>35</v>
       </c>
       <c r="L29" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M29" t="s">
         <v>36</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P29" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B30" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>51</v>
       </c>
       <c r="K30" t="s">
         <v>35</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>36</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>51</v>
       </c>
       <c r="K31" t="s">
         <v>35</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>36</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>50</v>
       </c>
       <c r="H32">
         <v>2005</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
         <v>51</v>
       </c>
       <c r="K32" t="s">
         <v>35</v>
       </c>
       <c r="L32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M32" t="s">
         <v>36</v>
       </c>
       <c r="N32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C33" t="s">
         <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33">
         <v>2007</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
         <v>51</v>
       </c>
       <c r="K33" t="s">
         <v>35</v>
       </c>
       <c r="L33" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M33" t="s">
         <v>36</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B34" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>50</v>
       </c>
       <c r="H34">
         <v>2007</v>
       </c>
       <c r="I34">
         <v>2015</v>
       </c>
       <c r="J34" t="s">
         <v>51</v>
       </c>
       <c r="K34" t="s">
         <v>35</v>
       </c>
       <c r="L34" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M34" t="s">
         <v>36</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B35" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>50</v>
       </c>
       <c r="H35">
         <v>2007</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
         <v>51</v>
       </c>
       <c r="K35" t="s">
         <v>35</v>
       </c>
       <c r="L35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M35" t="s">
         <v>36</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B36" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>51</v>
       </c>
       <c r="K36" t="s">
         <v>35</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>36</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
       <c r="H37">
         <v>2008</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>51</v>
       </c>
       <c r="K37" t="s">
         <v>35</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>36</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P37" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
         <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>50</v>
       </c>
       <c r="H38">
         <v>2008</v>
       </c>
       <c r="I38">
         <v>2015</v>
       </c>
       <c r="J38" t="s">
         <v>51</v>
       </c>
       <c r="K38" t="s">
         <v>35</v>
       </c>
       <c r="L38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M38" t="s">
         <v>36</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C39" t="s">
         <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>50</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
       <c r="I39">
         <v>2018</v>
       </c>
       <c r="J39" t="s">
         <v>51</v>
       </c>
       <c r="K39" t="s">
         <v>35</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>36</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P39" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B40" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C40" t="s">
         <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>50</v>
       </c>
       <c r="H40">
         <v>2009</v>
       </c>
       <c r="I40">
         <v>2013</v>
       </c>
       <c r="J40" t="s">
         <v>51</v>
       </c>
       <c r="K40" t="s">
         <v>35</v>
       </c>
       <c r="L40" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M40" t="s">
         <v>36</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P40" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C41" t="s">
         <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>50</v>
       </c>
       <c r="H41">
         <v>2009</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
         <v>51</v>
       </c>
       <c r="K41" t="s">
         <v>35</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>36</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C42" t="s">
         <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2009</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>36</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P42" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
         <v>50</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
         <v>51</v>
       </c>
       <c r="K43" t="s">
         <v>35</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>36</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B44" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C44" t="s">
         <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>34</v>
       </c>
       <c r="G44" t="s">
         <v>50</v>
       </c>
       <c r="H44">
         <v>2010</v>
       </c>
       <c r="I44">
         <v>2015</v>
       </c>
       <c r="J44" t="s">
         <v>51</v>
       </c>
       <c r="K44" t="s">
         <v>35</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>36</v>
       </c>
       <c r="N44" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O44" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P44" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B45" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C45" t="s">
         <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45" t="s">
         <v>50</v>
       </c>
       <c r="H45">
         <v>2010</v>
       </c>
       <c r="I45">
         <v>2013</v>
       </c>
       <c r="J45" t="s">
         <v>51</v>
       </c>
       <c r="K45" t="s">
         <v>35</v>
       </c>
       <c r="L45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M45" t="s">
         <v>36</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s">
-        <v>50</v>
+        <v>273</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46">
         <v>2019</v>
       </c>
       <c r="J46" t="s">
         <v>51</v>
       </c>
       <c r="K46" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>36</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P46" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B47" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C47" t="s">
         <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>34</v>
       </c>
       <c r="G47" t="s">
         <v>50</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
       <c r="I47">
         <v>2019</v>
       </c>
       <c r="J47" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="K47" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>36</v>
       </c>
       <c r="N47" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O47" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P47" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B48" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C48" t="s">
         <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
         <v>50</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
       <c r="I48">
         <v>2015</v>
       </c>
       <c r="J48" t="s">
         <v>51</v>
       </c>
       <c r="K48" t="s">
         <v>35</v>
       </c>
       <c r="L48" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M48" t="s">
         <v>36</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P48" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B49" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C49" t="s">
         <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
         <v>50</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49">
         <v>2015</v>
       </c>
       <c r="J49" t="s">
         <v>51</v>
       </c>
       <c r="K49" t="s">
         <v>35</v>
       </c>
       <c r="L49" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M49" t="s">
         <v>36</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P49" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B50" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C50" t="s">
         <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>51</v>
       </c>
       <c r="K50" t="s">
         <v>35</v>
       </c>
       <c r="L50" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M50" t="s">
         <v>36</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P50" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B51" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C51" t="s">
         <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>34</v>
       </c>
       <c r="G51" t="s">
         <v>50</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51">
         <v>2021</v>
       </c>
       <c r="J51" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="K51" t="s">
         <v>35</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>36</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P51" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B52" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C52" t="s">
         <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>34</v>
       </c>
       <c r="G52" t="s">
-        <v>50</v>
+        <v>301</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2015</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>35</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>36</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="P52" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B53" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C53" t="s">
         <v>32</v>
       </c>
       <c r="D53" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>51</v>
       </c>
       <c r="K53" t="s">
         <v>35</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>36</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="P53" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B54" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C54" t="s">
         <v>32</v>
       </c>
       <c r="D54" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>51</v>
       </c>
       <c r="K54" t="s">
         <v>35</v>
       </c>
       <c r="L54" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="M54" t="s">
         <v>36</v>
       </c>
       <c r="N54" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O54" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="P54" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B55" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C55" t="s">
         <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>34</v>
       </c>
       <c r="G55" t="s">
         <v>50</v>
       </c>
       <c r="H55">
         <v>2011</v>
       </c>
       <c r="I55">
         <v>2013</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>35</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>36</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="P55" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">