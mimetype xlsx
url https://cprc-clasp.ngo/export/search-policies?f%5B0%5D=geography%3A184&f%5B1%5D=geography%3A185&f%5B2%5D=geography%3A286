--- v0 (2025-11-29)
+++ v1 (2026-01-27)
@@ -296,51 +296,51 @@
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>