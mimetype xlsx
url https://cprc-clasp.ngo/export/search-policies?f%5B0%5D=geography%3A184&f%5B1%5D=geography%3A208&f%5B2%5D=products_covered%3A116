--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,87 +80,90 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...34 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
     <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
@@ -671,212 +674,212 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2022</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>2022</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">