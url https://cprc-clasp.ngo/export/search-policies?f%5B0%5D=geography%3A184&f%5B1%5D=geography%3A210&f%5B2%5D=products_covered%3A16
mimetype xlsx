--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...31 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
@@ -638,122 +641,122 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">