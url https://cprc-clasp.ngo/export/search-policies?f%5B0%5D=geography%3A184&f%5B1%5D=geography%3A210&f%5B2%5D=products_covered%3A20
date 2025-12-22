--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,114 +132,117 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...19 lines deleted...]
-    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -565,55 +568,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="257.08" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -751,99 +754,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -897,74 +900,74 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">