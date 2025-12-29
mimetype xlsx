--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
@@ -490,51 +490,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">