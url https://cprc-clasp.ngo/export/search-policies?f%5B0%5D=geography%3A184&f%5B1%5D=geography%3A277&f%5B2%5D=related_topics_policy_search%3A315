--- v0 (2025-11-29)
+++ v1 (2026-01-20)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>