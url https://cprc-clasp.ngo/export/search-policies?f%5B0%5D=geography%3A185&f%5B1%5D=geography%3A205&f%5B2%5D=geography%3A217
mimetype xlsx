--- v0 (2025-11-12)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="680">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="682">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1670,53 +1670,50 @@
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
     <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1755,50 +1752,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -2530,51 +2536,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P113"/>
+  <dimension ref="A1:P114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -6752,1398 +6758,1442 @@
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
         <v>86</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>534</v>
       </c>
       <c r="P85" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>535</v>
       </c>
       <c r="B86" t="s">
         <v>536</v>
       </c>
       <c r="C86" t="s">
+        <v>80</v>
+      </c>
+      <c r="D86" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>100</v>
       </c>
       <c r="G86" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="H86">
         <v>2024</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
+        <v>539</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
         <v>540</v>
       </c>
-      <c r="K86" t="s">
-[...2 lines deleted...]
-      <c r="L86" t="s">
+      <c r="M86" t="s">
         <v>541</v>
       </c>
-      <c r="M86" t="s">
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
         <v>542</v>
       </c>
-      <c r="N86" t="s">
-[...2 lines deleted...]
-      <c r="O86" t="s">
+      <c r="P86" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>544</v>
+      </c>
+      <c r="B87" t="s">
         <v>545</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
+        <v>80</v>
+      </c>
+      <c r="D87" t="s">
         <v>546</v>
-      </c>
-[...4 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>100</v>
       </c>
       <c r="G87" t="s">
         <v>61</v>
       </c>
       <c r="H87">
         <v>2024</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
+        <v>547</v>
+      </c>
+      <c r="M87" t="s">
+        <v>541</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
         <v>548</v>
       </c>
-      <c r="M87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P87" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>549</v>
+      </c>
+      <c r="B88"/>
       <c r="C88" t="s">
         <v>80</v>
       </c>
       <c r="D88" t="s">
-        <v>552</v>
+        <v>363</v>
       </c>
       <c r="E88" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>538</v>
       </c>
       <c r="H88">
         <v>2017</v>
       </c>
-      <c r="I88">
-[...1 lines deleted...]
-      </c>
+      <c r="I88"/>
       <c r="J88" t="s">
-        <v>107</v>
+        <v>550</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>86</v>
+        <v>541</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="P88" t="s">
-        <v>408</v>
+        <v>543</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B89" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C89" t="s">
         <v>80</v>
       </c>
       <c r="D89" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E89" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F89" t="s">
-        <v>557</v>
+        <v>42</v>
       </c>
       <c r="G89" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H89">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I89"/>
+        <v>2017</v>
+      </c>
+      <c r="I89">
+        <v>2019</v>
+      </c>
       <c r="J89" t="s">
         <v>107</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
-      <c r="L89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>559</v>
+        <v>86</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="P89" t="s">
-        <v>561</v>
+        <v>408</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B90" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C90" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D90" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>559</v>
       </c>
       <c r="G90" t="s">
         <v>61</v>
       </c>
       <c r="H90">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>564</v>
+        <v>107</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="M90" t="s">
-        <v>494</v>
+        <v>561</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P90" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="B91" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C91" t="s">
-        <v>92</v>
+        <v>69</v>
       </c>
       <c r="D91" t="s">
-        <v>59</v>
+        <v>554</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>61</v>
       </c>
       <c r="H91">
         <v>2022</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>62</v>
+        <v>566</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
-      <c r="L91"/>
+      <c r="L91" t="s">
+        <v>567</v>
+      </c>
       <c r="M91" t="s">
-        <v>570</v>
+        <v>494</v>
       </c>
       <c r="N91" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="P91" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
+        <v>570</v>
+      </c>
+      <c r="B92" t="s">
+        <v>571</v>
+      </c>
+      <c r="C92" t="s">
+        <v>92</v>
+      </c>
+      <c r="D92" t="s">
+        <v>59</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>60</v>
+      </c>
+      <c r="G92" t="s">
+        <v>61</v>
+      </c>
+      <c r="H92">
+        <v>2022</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>62</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>572</v>
+      </c>
+      <c r="N92" t="s">
+        <v>64</v>
+      </c>
+      <c r="O92" t="s">
         <v>573</v>
       </c>
-      <c r="B92" t="s">
+      <c r="P92" t="s">
         <v>574</v>
-      </c>
-[...40 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="B93" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="C93" t="s">
         <v>69</v>
       </c>
       <c r="D93" t="s">
-        <v>456</v>
+        <v>363</v>
       </c>
       <c r="E93" t="s">
         <v>51</v>
       </c>
       <c r="F93" t="s">
         <v>71</v>
       </c>
       <c r="G93" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I93"/>
+        <v>1993</v>
+      </c>
+      <c r="I93">
+        <v>2022</v>
+      </c>
       <c r="J93" t="s">
         <v>417</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="M93" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="P93" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B94" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C94" t="s">
         <v>69</v>
       </c>
       <c r="D94" t="s">
-        <v>231</v>
+        <v>456</v>
       </c>
       <c r="E94" t="s">
         <v>51</v>
       </c>
       <c r="F94" t="s">
         <v>71</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H94">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
         <v>417</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="M94" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="P94" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B95" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C95" t="s">
         <v>69</v>
       </c>
       <c r="D95" t="s">
-        <v>130</v>
+        <v>231</v>
       </c>
       <c r="E95" t="s">
         <v>51</v>
       </c>
       <c r="F95" t="s">
         <v>71</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>1993</v>
       </c>
       <c r="I95">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J95" t="s">
         <v>417</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="M95" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="P95" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B96" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C96" t="s">
         <v>69</v>
       </c>
       <c r="D96" t="s">
-        <v>444</v>
+        <v>130</v>
       </c>
       <c r="E96" t="s">
         <v>51</v>
       </c>
       <c r="F96" t="s">
         <v>71</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="I96">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J96" t="s">
         <v>417</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="M96" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="P96" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B97" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C97" t="s">
         <v>69</v>
       </c>
       <c r="D97" t="s">
-        <v>597</v>
+        <v>444</v>
       </c>
       <c r="E97" t="s">
         <v>51</v>
       </c>
       <c r="F97" t="s">
         <v>71</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="I97">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="J97" t="s">
         <v>417</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="M97" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="P97" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="B98" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="C98" t="s">
         <v>69</v>
       </c>
       <c r="D98" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E98" t="s">
         <v>51</v>
       </c>
       <c r="F98" t="s">
         <v>71</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>1993</v>
       </c>
       <c r="I98">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="J98" t="s">
         <v>417</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="M98" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="P98" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="B99" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C99" t="s">
         <v>69</v>
       </c>
       <c r="D99" t="s">
-        <v>231</v>
+        <v>599</v>
       </c>
       <c r="E99" t="s">
         <v>51</v>
       </c>
       <c r="F99" t="s">
         <v>71</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>1993</v>
       </c>
       <c r="I99">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J99" t="s">
         <v>417</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
-      <c r="L99"/>
+      <c r="L99" t="s">
+        <v>604</v>
+      </c>
       <c r="M99" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="P99" t="s">
-        <v>578</v>
+        <v>606</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
+        <v>607</v>
+      </c>
+      <c r="B100" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
       <c r="C100" t="s">
         <v>69</v>
       </c>
       <c r="D100" t="s">
-        <v>610</v>
+        <v>231</v>
       </c>
       <c r="E100" t="s">
         <v>51</v>
       </c>
       <c r="F100" t="s">
         <v>71</v>
       </c>
       <c r="G100" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I100"/>
+        <v>1993</v>
+      </c>
+      <c r="I100">
+        <v>2016</v>
+      </c>
       <c r="J100" t="s">
         <v>417</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="P100" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B101" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C101" t="s">
         <v>69</v>
       </c>
       <c r="D101" t="s">
-        <v>438</v>
+        <v>612</v>
       </c>
       <c r="E101" t="s">
         <v>51</v>
       </c>
       <c r="F101" t="s">
         <v>71</v>
       </c>
       <c r="G101" t="s">
         <v>61</v>
       </c>
       <c r="H101">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>417</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
-      <c r="L101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="P101" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="B102" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="C102" t="s">
         <v>69</v>
       </c>
       <c r="D102" t="s">
-        <v>188</v>
+        <v>438</v>
       </c>
       <c r="E102" t="s">
         <v>51</v>
       </c>
       <c r="F102" t="s">
         <v>71</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H102">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I102"/>
       <c r="J102" t="s">
         <v>417</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="M102" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="P102" t="s">
-        <v>578</v>
+        <v>606</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B103" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="C103" t="s">
         <v>69</v>
       </c>
       <c r="D103" t="s">
-        <v>231</v>
+        <v>188</v>
       </c>
       <c r="E103" t="s">
         <v>51</v>
       </c>
       <c r="F103" t="s">
         <v>71</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>1993</v>
       </c>
       <c r="I103">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J103" t="s">
         <v>417</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="M103" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="P103" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B104" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C104" t="s">
         <v>69</v>
       </c>
       <c r="D104" t="s">
-        <v>81</v>
+        <v>231</v>
       </c>
       <c r="E104" t="s">
         <v>51</v>
       </c>
       <c r="F104" t="s">
         <v>71</v>
       </c>
       <c r="G104" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H104">
+        <v>1993</v>
+      </c>
+      <c r="I104">
         <v>2010</v>
       </c>
-      <c r="I104"/>
       <c r="J104" t="s">
         <v>417</v>
       </c>
       <c r="K104" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="L104"/>
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>624</v>
+      </c>
       <c r="M104" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N104" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="P104" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
+        <v>626</v>
+      </c>
+      <c r="B105" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
       <c r="C105" t="s">
         <v>69</v>
       </c>
       <c r="D105" t="s">
-        <v>478</v>
+        <v>81</v>
       </c>
       <c r="E105" t="s">
         <v>51</v>
       </c>
       <c r="F105" t="s">
         <v>71</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I105">
+        <v>61</v>
+      </c>
+      <c r="H105">
         <v>2010</v>
       </c>
+      <c r="I105"/>
       <c r="J105" t="s">
         <v>417</v>
       </c>
       <c r="K105" t="s">
         <v>84</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N105" t="s">
         <v>87</v>
       </c>
       <c r="O105" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="P105" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
+        <v>629</v>
+      </c>
+      <c r="B106" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
       <c r="C106" t="s">
         <v>69</v>
       </c>
       <c r="D106" t="s">
-        <v>632</v>
+        <v>478</v>
       </c>
       <c r="E106" t="s">
         <v>51</v>
       </c>
       <c r="F106" t="s">
         <v>71</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
-      <c r="H106">
-[...1 lines deleted...]
-      </c>
+      <c r="H106"/>
       <c r="I106">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J106" t="s">
         <v>417</v>
       </c>
       <c r="K106" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N106" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="O106" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="P106" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="B107" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="C107" t="s">
         <v>69</v>
       </c>
       <c r="D107" t="s">
-        <v>386</v>
+        <v>634</v>
       </c>
       <c r="E107" t="s">
         <v>51</v>
       </c>
       <c r="F107" t="s">
         <v>71</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="I107">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J107" t="s">
         <v>417</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="M107" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="P107" t="s">
-        <v>578</v>
+        <v>606</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B108" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C108" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="D108" t="s">
-        <v>641</v>
+        <v>386</v>
       </c>
       <c r="E108" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F108" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="I108">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="J108" t="s">
-        <v>62</v>
+        <v>417</v>
       </c>
       <c r="K108" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L108"/>
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>639</v>
+      </c>
       <c r="M108" t="s">
-        <v>642</v>
+        <v>578</v>
       </c>
       <c r="N108" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="P108" t="s">
-        <v>644</v>
+        <v>580</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
+        <v>641</v>
+      </c>
+      <c r="B109" t="s">
+        <v>642</v>
+      </c>
+      <c r="C109" t="s">
+        <v>58</v>
+      </c>
+      <c r="D109" t="s">
+        <v>643</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>60</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>1982</v>
+      </c>
+      <c r="I109">
+        <v>2024</v>
+      </c>
+      <c r="J109" t="s">
+        <v>62</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>644</v>
+      </c>
+      <c r="N109" t="s">
+        <v>64</v>
+      </c>
+      <c r="O109" t="s">
         <v>645</v>
       </c>
-      <c r="B109" t="s">
+      <c r="P109" t="s">
         <v>646</v>
-      </c>
-[...38 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="B110" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="E110" t="s">
         <v>51</v>
       </c>
       <c r="F110" t="s">
-        <v>655</v>
+        <v>71</v>
       </c>
       <c r="G110" t="s">
         <v>61</v>
       </c>
       <c r="H110">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>83</v>
+        <v>144</v>
       </c>
       <c r="K110" t="s">
-        <v>656</v>
+        <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="M110" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="N110" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="P110" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="B111" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="E111" t="s">
         <v>51</v>
       </c>
       <c r="F111" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="G111" t="s">
         <v>61</v>
       </c>
       <c r="H111">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>83</v>
       </c>
       <c r="K111" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="L111" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="M111" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="N111" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="O111" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="P111" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="B112" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="E112" t="s">
         <v>51</v>
       </c>
       <c r="F112" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="G112" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H112">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
         <v>83</v>
       </c>
       <c r="K112" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="L112" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="M112" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="N112" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="O112" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="P112" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B113" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="E113" t="s">
         <v>51</v>
       </c>
       <c r="F113" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="G113" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H113">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I113"/>
+        <v>2018</v>
+      </c>
+      <c r="I113">
+        <v>2018</v>
+      </c>
       <c r="J113" t="s">
         <v>83</v>
       </c>
       <c r="K113" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="L113" t="s">
+        <v>673</v>
+      </c>
+      <c r="M113" t="s">
+        <v>660</v>
+      </c>
+      <c r="N113" t="s">
+        <v>661</v>
+      </c>
+      <c r="O113" t="s">
+        <v>674</v>
+      </c>
+      <c r="P113" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>676</v>
+      </c>
+      <c r="B114" t="s">
         <v>677</v>
       </c>
-      <c r="M113" t="s">
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>678</v>
+      </c>
+      <c r="E114" t="s">
+        <v>51</v>
+      </c>
+      <c r="F114" t="s">
+        <v>657</v>
+      </c>
+      <c r="G114" t="s">
+        <v>61</v>
+      </c>
+      <c r="H114">
+        <v>2014</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>83</v>
+      </c>
+      <c r="K114" t="s">
         <v>658</v>
       </c>
-      <c r="N113" t="s">
-[...5 lines deleted...]
-      <c r="P113" t="s">
+      <c r="L114" t="s">
         <v>679</v>
+      </c>
+      <c r="M114" t="s">
+        <v>660</v>
+      </c>
+      <c r="N114" t="s">
+        <v>661</v>
+      </c>
+      <c r="O114" t="s">
+        <v>680</v>
+      </c>
+      <c r="P114" t="s">
+        <v>681</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">