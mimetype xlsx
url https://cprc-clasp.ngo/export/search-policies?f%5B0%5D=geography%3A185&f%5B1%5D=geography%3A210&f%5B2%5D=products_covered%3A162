--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,81 +80,84 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...28 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
   </si>
   <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
@@ -716,416 +719,416 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2006</v>
       </c>
       <c r="I3">
         <v>2022</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2022</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H5">
         <v>2006</v>
       </c>
       <c r="I5">
         <v>2010</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H6">
         <v>2006</v>
       </c>
       <c r="I6">
         <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H8">
         <v>1993</v>
       </c>
       <c r="I8">
         <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H9">
         <v>1993</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H10">
         <v>1993</v>
       </c>
       <c r="I10">
         <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">