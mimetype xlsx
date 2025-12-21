--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
   </si>