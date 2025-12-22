--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="687">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="689">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1691,53 +1691,50 @@
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
     <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1776,50 +1773,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -2554,51 +2560,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P155"/>
+  <dimension ref="A1:P156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -8706,1404 +8712,1448 @@
       <c r="K127" t="s">
         <v>50</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
         <v>40</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
         <v>556</v>
       </c>
       <c r="P127" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>557</v>
       </c>
       <c r="B128" t="s">
         <v>558</v>
       </c>
       <c r="C128" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="E128" t="s">
         <v>34</v>
       </c>
       <c r="F128" t="s">
         <v>47</v>
       </c>
       <c r="G128" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H128">
         <v>2024</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
+        <v>561</v>
+      </c>
+      <c r="K128" t="s">
+        <v>50</v>
+      </c>
+      <c r="L128" t="s">
         <v>562</v>
       </c>
-      <c r="K128" t="s">
-[...2 lines deleted...]
-      <c r="L128" t="s">
+      <c r="M128" t="s">
         <v>563</v>
       </c>
-      <c r="M128" t="s">
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
         <v>564</v>
       </c>
-      <c r="N128" t="s">
-[...2 lines deleted...]
-      <c r="O128" t="s">
+      <c r="P128" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>566</v>
+      </c>
+      <c r="B129" t="s">
         <v>567</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
+        <v>32</v>
+      </c>
+      <c r="D129" t="s">
         <v>568</v>
-      </c>
-[...4 lines deleted...]
-        <v>569</v>
       </c>
       <c r="E129" t="s">
         <v>34</v>
       </c>
       <c r="F129" t="s">
         <v>47</v>
       </c>
       <c r="G129" t="s">
         <v>36</v>
       </c>
       <c r="H129">
         <v>2024</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="K129" t="s">
         <v>50</v>
       </c>
       <c r="L129" t="s">
+        <v>569</v>
+      </c>
+      <c r="M129" t="s">
+        <v>563</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
         <v>570</v>
       </c>
-      <c r="M129" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P129" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="B130"/>
       <c r="C130" t="s">
         <v>32</v>
       </c>
       <c r="D130" t="s">
-        <v>180</v>
+        <v>130</v>
       </c>
       <c r="E130" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F130" t="s">
-        <v>131</v>
+        <v>47</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>560</v>
       </c>
       <c r="H130">
         <v>2017</v>
       </c>
-      <c r="I130">
-[...1 lines deleted...]
-      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>122</v>
+        <v>572</v>
       </c>
       <c r="K130" t="s">
         <v>50</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>40</v>
+        <v>563</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="P130" t="s">
-        <v>238</v>
+        <v>565</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>574</v>
+      </c>
+      <c r="B131" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="C131" t="s">
         <v>32</v>
       </c>
       <c r="D131" t="s">
-        <v>577</v>
+        <v>180</v>
       </c>
       <c r="E131" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>578</v>
+        <v>131</v>
       </c>
       <c r="G131" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I131"/>
+        <v>2017</v>
+      </c>
+      <c r="I131">
+        <v>2019</v>
+      </c>
       <c r="J131" t="s">
         <v>122</v>
       </c>
       <c r="K131" t="s">
         <v>50</v>
       </c>
-      <c r="L131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>580</v>
+        <v>40</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="P131" t="s">
-        <v>582</v>
+        <v>238</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="B132" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="C132" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D132" t="s">
-        <v>180</v>
+        <v>579</v>
       </c>
       <c r="E132" t="s">
         <v>34</v>
       </c>
       <c r="F132" t="s">
-        <v>121</v>
+        <v>580</v>
       </c>
       <c r="G132" t="s">
         <v>36</v>
       </c>
       <c r="H132">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>585</v>
+        <v>122</v>
       </c>
       <c r="K132" t="s">
         <v>50</v>
       </c>
       <c r="L132" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="M132" t="s">
-        <v>514</v>
+        <v>582</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="P132" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="B133" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="E133" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F133" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G133" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H133">
-        <v>1993</v>
-[...1 lines deleted...]
-      <c r="I133">
         <v>2022</v>
       </c>
+      <c r="I133"/>
       <c r="J133" t="s">
-        <v>314</v>
+        <v>587</v>
       </c>
       <c r="K133" t="s">
         <v>50</v>
       </c>
       <c r="L133" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="M133" t="s">
-        <v>592</v>
+        <v>514</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="P133" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B134" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H134">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I134"/>
+        <v>1993</v>
+      </c>
+      <c r="I134">
+        <v>2022</v>
+      </c>
       <c r="J134" t="s">
         <v>314</v>
       </c>
       <c r="K134" t="s">
         <v>50</v>
       </c>
       <c r="L134" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="M134" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="P134" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B135" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
-        <v>208</v>
+        <v>298</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H135">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I135"/>
       <c r="J135" t="s">
         <v>314</v>
       </c>
       <c r="K135" t="s">
         <v>50</v>
       </c>
       <c r="L135" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="M135" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="P135" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B136" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
-        <v>149</v>
+        <v>208</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>1993</v>
       </c>
       <c r="I136">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J136" t="s">
         <v>314</v>
       </c>
       <c r="K136" t="s">
         <v>50</v>
       </c>
       <c r="L136" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="M136" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="P136" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B137" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>278</v>
+        <v>149</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="I137">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J137" t="s">
         <v>314</v>
       </c>
       <c r="K137" t="s">
         <v>50</v>
       </c>
       <c r="L137" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="M137" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="P137" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="B138" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="I138">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="J138" t="s">
         <v>314</v>
       </c>
       <c r="K138" t="s">
         <v>50</v>
       </c>
       <c r="L138" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="M138" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="P138" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="B139" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>282</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>1993</v>
       </c>
       <c r="I139">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="J139" t="s">
         <v>314</v>
       </c>
       <c r="K139" t="s">
         <v>50</v>
       </c>
       <c r="L139" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="M139" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="P139" t="s">
-        <v>619</v>
+        <v>596</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B140" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
-        <v>208</v>
+        <v>282</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>1993</v>
       </c>
       <c r="I140">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J140" t="s">
         <v>314</v>
       </c>
       <c r="K140" t="s">
         <v>50</v>
       </c>
-      <c r="L140"/>
+      <c r="L140" t="s">
+        <v>619</v>
+      </c>
       <c r="M140" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="P140" t="s">
-        <v>594</v>
+        <v>621</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
+        <v>622</v>
+      </c>
+      <c r="B141" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
-        <v>264</v>
+        <v>208</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H141">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I141"/>
+        <v>1993</v>
+      </c>
+      <c r="I141">
+        <v>2016</v>
+      </c>
       <c r="J141" t="s">
         <v>314</v>
       </c>
       <c r="K141" t="s">
         <v>50</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="P141" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>625</v>
+      </c>
+      <c r="B142" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>91</v>
+        <v>264</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>36</v>
       </c>
       <c r="H142">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>314</v>
       </c>
       <c r="K142" t="s">
         <v>50</v>
       </c>
-      <c r="L142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L142"/>
       <c r="M142" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="P142" t="s">
-        <v>619</v>
+        <v>596</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B143" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>356</v>
+        <v>91</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H143">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
         <v>314</v>
       </c>
       <c r="K143" t="s">
         <v>50</v>
       </c>
       <c r="L143" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="M143" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="P143" t="s">
-        <v>594</v>
+        <v>621</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="B144" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>208</v>
+        <v>356</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>1993</v>
       </c>
       <c r="I144">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J144" t="s">
         <v>314</v>
       </c>
       <c r="K144" t="s">
         <v>50</v>
       </c>
       <c r="L144" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="M144" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="P144" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B145" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>33</v>
+        <v>208</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H145">
+        <v>1993</v>
+      </c>
+      <c r="I145">
         <v>2010</v>
       </c>
-      <c r="I145"/>
       <c r="J145" t="s">
         <v>314</v>
       </c>
       <c r="K145" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L145"/>
+        <v>50</v>
+      </c>
+      <c r="L145" t="s">
+        <v>638</v>
+      </c>
       <c r="M145" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N145" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="P145" t="s">
-        <v>619</v>
+        <v>596</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
+        <v>640</v>
+      </c>
+      <c r="B146" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
-        <v>373</v>
+        <v>33</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I146">
+        <v>36</v>
+      </c>
+      <c r="H146">
         <v>2010</v>
       </c>
+      <c r="I146"/>
       <c r="J146" t="s">
         <v>314</v>
       </c>
       <c r="K146" t="s">
         <v>38</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N146" t="s">
         <v>41</v>
       </c>
       <c r="O146" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="P146" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
+        <v>643</v>
+      </c>
+      <c r="B147" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>646</v>
+        <v>373</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
-      <c r="H147">
-[...1 lines deleted...]
-      </c>
+      <c r="H147"/>
       <c r="I147">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J147" t="s">
         <v>314</v>
       </c>
       <c r="K147" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="L147"/>
       <c r="M147" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N147" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="O147" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="P147" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="B148" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>115</v>
+        <v>648</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="I148">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J148" t="s">
         <v>314</v>
       </c>
       <c r="K148" t="s">
         <v>50</v>
       </c>
       <c r="L148" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="M148" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="P148" t="s">
-        <v>594</v>
+        <v>621</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="B149" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C149" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>149</v>
+        <v>115</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I149">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J149" t="s">
-        <v>57</v>
+        <v>314</v>
       </c>
       <c r="K149" t="s">
         <v>50</v>
       </c>
-      <c r="L149"/>
+      <c r="L149" t="s">
+        <v>653</v>
+      </c>
       <c r="M149" t="s">
-        <v>58</v>
+        <v>594</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="P149" t="s">
-        <v>140</v>
+        <v>596</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B150" t="s">
-        <v>115</v>
+        <v>656</v>
       </c>
       <c r="C150" t="s">
         <v>55</v>
       </c>
       <c r="D150" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2012</v>
       </c>
       <c r="I150">
         <v>2012</v>
       </c>
       <c r="J150" t="s">
         <v>57</v>
       </c>
       <c r="K150" t="s">
         <v>50</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
         <v>58</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P150" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B151" t="s">
+        <v>115</v>
+      </c>
+      <c r="C151" t="s">
+        <v>55</v>
+      </c>
+      <c r="D151" t="s">
+        <v>115</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2012</v>
+      </c>
+      <c r="I151">
+        <v>2012</v>
+      </c>
+      <c r="J151" t="s">
+        <v>57</v>
+      </c>
+      <c r="K151" t="s">
+        <v>50</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>58</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
         <v>658</v>
       </c>
-      <c r="C151" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P151" t="s">
-        <v>666</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="B152" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
       <c r="C152" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="D152" t="s">
-        <v>225</v>
+        <v>662</v>
       </c>
       <c r="E152" t="s">
         <v>34</v>
       </c>
       <c r="F152" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="G152" t="s">
         <v>8</v>
       </c>
       <c r="H152">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="I152">
         <v>2024</v>
       </c>
       <c r="J152" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="K152" t="s">
         <v>50</v>
       </c>
       <c r="L152" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="M152" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="P152" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B153" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C153" t="s">
-        <v>659</v>
+        <v>55</v>
       </c>
       <c r="D153" t="s">
-        <v>56</v>
+        <v>225</v>
       </c>
       <c r="E153" t="s">
         <v>34</v>
       </c>
       <c r="F153" t="s">
-        <v>47</v>
+        <v>663</v>
       </c>
       <c r="G153" t="s">
-        <v>561</v>
+        <v>8</v>
       </c>
       <c r="H153">
+        <v>2004</v>
+      </c>
+      <c r="I153">
         <v>2024</v>
       </c>
-      <c r="I153"/>
       <c r="J153" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="K153" t="s">
         <v>50</v>
       </c>
       <c r="L153" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="M153" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="P153" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B154" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C154" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D154" t="s">
-        <v>677</v>
+        <v>56</v>
       </c>
       <c r="E154" t="s">
         <v>34</v>
       </c>
       <c r="F154" t="s">
-        <v>678</v>
+        <v>47</v>
       </c>
       <c r="G154" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H154">
         <v>2024</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="K154" t="s">
         <v>50</v>
       </c>
       <c r="L154" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="M154" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="P154" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="B155" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="C155" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="D155" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="E155" t="s">
         <v>34</v>
       </c>
       <c r="F155" t="s">
+        <v>680</v>
+      </c>
+      <c r="G155" t="s">
+        <v>560</v>
+      </c>
+      <c r="H155">
+        <v>2024</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>664</v>
+      </c>
+      <c r="K155" t="s">
+        <v>50</v>
+      </c>
+      <c r="L155" t="s">
+        <v>681</v>
+      </c>
+      <c r="M155" t="s">
+        <v>666</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>682</v>
+      </c>
+      <c r="P155" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>683</v>
+      </c>
+      <c r="B156" t="s">
+        <v>684</v>
+      </c>
+      <c r="C156" t="s">
+        <v>55</v>
+      </c>
+      <c r="D156" t="s">
+        <v>685</v>
+      </c>
+      <c r="E156" t="s">
+        <v>34</v>
+      </c>
+      <c r="F156" t="s">
         <v>47</v>
       </c>
-      <c r="G155" t="s">
+      <c r="G156" t="s">
         <v>8</v>
       </c>
-      <c r="H155">
+      <c r="H156">
         <v>2011</v>
       </c>
-      <c r="I155">
+      <c r="I156">
         <v>2024</v>
       </c>
-      <c r="J155" t="s">
-[...8 lines deleted...]
-      <c r="M155" t="s">
+      <c r="J156" t="s">
         <v>664</v>
       </c>
-      <c r="N155" t="s">
-[...5 lines deleted...]
-      <c r="P155" t="s">
+      <c r="K156" t="s">
+        <v>50</v>
+      </c>
+      <c r="L156" t="s">
         <v>686</v>
+      </c>
+      <c r="M156" t="s">
+        <v>666</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>687</v>
+      </c>
+      <c r="P156" t="s">
+        <v>688</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">