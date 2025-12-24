--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -12,732 +12,738 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="362">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
-[...543 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Conpet Seal Gas stoves and ovens</t>
+  </si>
+  <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
+  </si>
+  <si>
+    <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
+  </si>
+  <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
+    <t>Directive 2010-30-EU</t>
+  </si>
+  <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
+    <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
+    <t>NBR 5858 NBR 5882 NBR 12010.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
+    <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
+    <t>Distribution Transformers</t>
+  </si>
+  <si>
+    <t>ABNT NBR ISO/IEC 17025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
+    <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
+    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
+  </si>
+  <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
+    <t>Law 2009-07</t>
+  </si>
+  <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
+    <t>10 CFR 431 and product-specific Subparts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1468,51 +1474,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1553,3257 +1559,3253 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>36</v>
       </c>
-      <c r="H3">
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>37</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>38</v>
       </c>
-      <c r="L3"/>
       <c r="M3" t="s">
         <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>40</v>
       </c>
       <c r="P3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>46</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4"/>
+      <c r="H4">
+        <v>2013</v>
+      </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>49</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>50</v>
       </c>
-      <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K6" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="P6"/>
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K7" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K8" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K9" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
       <c r="M9" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="K10" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H11">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I11">
         <v>2023</v>
       </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
         <v>2023</v>
       </c>
-      <c r="I12"/>
       <c r="J12" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K12" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H13">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K13" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="P13" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14">
         <v>2024</v>
       </c>
-      <c r="I14">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K14" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="P14" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-      <c r="I15"/>
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15">
+        <v>2024</v>
+      </c>
       <c r="J15" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K15" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="P15" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H16">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="K16" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P16" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>107</v>
       </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="I17">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J17" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K17" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P17" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>1984</v>
       </c>
       <c r="I18">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K18" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M18" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>119</v>
+        <v>89</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K19" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M19" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E20" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K20" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M20" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G21" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
         <v>2021</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K21" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M21" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B22" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E22" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H22">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I22">
         <v>2021</v>
       </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K22" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M22" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>73</v>
+        <v>144</v>
       </c>
       <c r="E23" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K23" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="M23" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="P23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>148</v>
+        <v>80</v>
       </c>
       <c r="E24" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="I24">
         <v>2021</v>
       </c>
       <c r="J24" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K24" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M24" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>155</v>
       </c>
       <c r="E25" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K25" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M25" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="P25" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>159</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K26" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M26" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E27" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K27" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>167</v>
       </c>
       <c r="M27" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>168</v>
       </c>
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>170</v>
+      </c>
+      <c r="B28" t="s">
         <v>171</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
         <v>172</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I28">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J28" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K28" t="s">
-        <v>38</v>
+        <v>173</v>
       </c>
       <c r="L28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M28" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>175</v>
       </c>
       <c r="O28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>119</v>
+        <v>45</v>
       </c>
       <c r="E29" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I29">
         <v>2022</v>
       </c>
       <c r="J29" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="M29" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P29" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="E30" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="I30">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J30" t="s">
+        <v>110</v>
+      </c>
+      <c r="K30" t="s">
         <v>37</v>
       </c>
-      <c r="K30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L30" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M30" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D31" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="E31" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2004</v>
       </c>
       <c r="I31">
         <v>2010</v>
       </c>
       <c r="J31" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="K31" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="M31" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P31" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B32" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C32" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D32" t="s">
-        <v>82</v>
+        <v>194</v>
       </c>
       <c r="E32" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I32">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J32" t="s">
-        <v>37</v>
+        <v>110</v>
       </c>
       <c r="K32" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>190</v>
+      </c>
       <c r="M32" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P32" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D33" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E33" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I33">
         <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K33" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="P33" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C34" t="s">
         <v>44</v>
       </c>
       <c r="D34" t="s">
-        <v>199</v>
+        <v>89</v>
       </c>
       <c r="E34" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I34">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
+        <v>47</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>202</v>
+      </c>
+      <c r="M34" t="s">
+        <v>48</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>203</v>
+      </c>
+      <c r="P34" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>204</v>
       </c>
       <c r="B35" t="s">
         <v>205</v>
       </c>
       <c r="C35" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="E35" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K35" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>206</v>
       </c>
       <c r="M35" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>207</v>
       </c>
       <c r="P35" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>209</v>
       </c>
       <c r="B36" t="s">
         <v>210</v>
       </c>
       <c r="C36" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E36" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>36</v>
+        <v>211</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K36" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M36" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P36" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C37" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E37" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K37" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M37" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P37" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C38" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E38" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>224</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K38" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M38" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P38" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C39" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E39" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K39" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P39" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C40" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E40" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K40" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="M40" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="P40" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C41" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E41" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2016</v>
       </c>
       <c r="J41" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K41" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="M41" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P41" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C42" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E42" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2007</v>
       </c>
       <c r="I42">
         <v>2022</v>
       </c>
       <c r="J42" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K42" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P42" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E43" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2006</v>
       </c>
       <c r="I43">
         <v>2010</v>
       </c>
       <c r="J43" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K43" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P43" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B44" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C44" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E44" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2006</v>
       </c>
       <c r="I44">
         <v>2010</v>
       </c>
       <c r="J44" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K44" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="P44" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B45" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C45" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E45" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2008</v>
       </c>
       <c r="I45">
         <v>2011</v>
       </c>
       <c r="J45" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K45" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="P45" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B46" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C46" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="E46" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2007</v>
       </c>
       <c r="I46">
         <v>2011</v>
       </c>
       <c r="J46" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K46" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="P46" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B47" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E47" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G47" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K47" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P47" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B48" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E48" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2007</v>
       </c>
       <c r="I48">
         <v>2018</v>
       </c>
       <c r="J48" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K48" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="P48" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B49" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C49" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="E49" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2002</v>
       </c>
       <c r="I49">
         <v>2017</v>
       </c>
       <c r="J49" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K49" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M49" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P49" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B50" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C50" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="E50" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50">
         <v>2017</v>
       </c>
       <c r="J50" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K50" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="M50" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P50" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B51" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C51" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E51" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G51" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H51">
         <v>2022</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="K51" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="M51" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P51" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B52" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C52" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F52" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>1993</v>
       </c>
       <c r="I52">
         <v>2022</v>
       </c>
       <c r="J52" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K52" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="M52" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="P52" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B53" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C53" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D53" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F53" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G53" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H53">
         <v>2011</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K53" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M53" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P53" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B54" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C54" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D54" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E54" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F54" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>1993</v>
       </c>
       <c r="I54">
         <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K54" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="M54" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="P54" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B55" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C55" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>1993</v>
       </c>
       <c r="I55">
         <v>2010</v>
       </c>
       <c r="J55" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K55" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="M55" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P55" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B56" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C56" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D56" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>1995</v>
       </c>
       <c r="I56">
         <v>2019</v>
       </c>
       <c r="J56" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K56" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="M56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="P56" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B57" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C57" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D57" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1993</v>
       </c>
       <c r="I57">
         <v>2010</v>
       </c>
       <c r="J57" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K57" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="P57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B58" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C58" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D58" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E58" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>1993</v>
       </c>
       <c r="I58">
         <v>2013</v>
       </c>
       <c r="J58" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K58" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="M58" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P58" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B59" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C59" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D59" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F59" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>1993</v>
       </c>
       <c r="I59">
         <v>2016</v>
       </c>
       <c r="J59" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K59" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P59" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B60" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C60" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D60" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F60" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G60" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H60">
         <v>2018</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K60" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="P60" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B61" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C61" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D61" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G61" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K61" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M61" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P61" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B62" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C62" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D62" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>1993</v>
       </c>
       <c r="I62">
         <v>2016</v>
       </c>
       <c r="J62" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K62" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="M62" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="P62" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B63" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C63" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E63" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>1993</v>
       </c>
       <c r="I63">
         <v>2010</v>
       </c>
       <c r="J63" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K63" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="M63" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P63" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B64" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C64" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D64" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G64" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H64">
         <v>2010</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K64" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N64" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="O64" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="P64" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B65" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C65" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D65" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>2010</v>
       </c>
       <c r="J65" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K65" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N65" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="O65" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="P65" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B66" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C66" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D66" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E66" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F66" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>1997</v>
       </c>
       <c r="I66">
         <v>2011</v>
       </c>
       <c r="J66" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K66" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="M66" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="P66" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B67" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C67" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D67" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E67" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2010</v>
       </c>
       <c r="I67">
         <v>2017</v>
       </c>
       <c r="J67" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K67" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M67" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="P67" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B68" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C68" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D68" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="E68" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F68" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K68" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="P68" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">