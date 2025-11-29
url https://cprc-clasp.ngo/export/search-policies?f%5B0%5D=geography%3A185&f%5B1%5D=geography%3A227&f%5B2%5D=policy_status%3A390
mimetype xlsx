--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,604 +12,323 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...59 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>September 2022</t>
-[...166 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
   </si>
   <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -873,1955 +592,536 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...34 lines deleted...]
-      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>33</v>
       </c>
-      <c r="K3"/>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>35</v>
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>33</v>
       </c>
-      <c r="K4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>40</v>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...43 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
         <v>33</v>
       </c>
       <c r="K6" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>48</v>
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>33</v>
       </c>
       <c r="K7" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
-        <v>52</v>
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
         <v>33</v>
       </c>
       <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
         <v>55</v>
       </c>
-      <c r="L8" t="s">
-[...5 lines deleted...]
-      <c r="N8" t="s">
+      <c r="F9" t="s">
         <v>56</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
         <v>33</v>
       </c>
       <c r="K9" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N9" t="s">
-        <v>60</v>
-[...97 lines deleted...]
-      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
         <v>70</v>
-      </c>
-[...1359 lines deleted...]
-        <v>170</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>