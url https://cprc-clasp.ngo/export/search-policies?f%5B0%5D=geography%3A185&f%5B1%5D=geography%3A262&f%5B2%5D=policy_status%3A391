--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -509,51 +509,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
     <t>Gas stoves and ovens</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>