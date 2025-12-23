--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -390,114 +390,117 @@
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
     <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
@@ -517,127 +520,102 @@
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
     <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
     <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
   </si>
   <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Ventilation fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Centrifugal and Turbo Blowers</t>
@@ -808,50 +786,53 @@
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
@@ -1276,61 +1257,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P43"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2150,1284 +2131,1234 @@
       </c>
       <c r="P17" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>138</v>
       </c>
       <c r="B18" t="s">
         <v>139</v>
       </c>
       <c r="C18" t="s">
         <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>140</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="H18">
         <v>1989</v>
       </c>
       <c r="I18">
         <v>2009</v>
       </c>
       <c r="J18" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>50</v>
       </c>
       <c r="M18" t="s">
         <v>45</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
         <v>31</v>
       </c>
       <c r="D19" t="s">
         <v>140</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1989</v>
       </c>
       <c r="I19">
         <v>2021</v>
       </c>
       <c r="J19" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>31</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
         <v>43</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M20" t="s">
         <v>45</v>
       </c>
       <c r="N20" t="s">
         <v>57</v>
       </c>
       <c r="O20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
         <v>31</v>
       </c>
       <c r="D21" t="s">
         <v>55</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>42</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>43</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N21" t="s">
         <v>57</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
         <v>31</v>
       </c>
       <c r="D22" t="s">
         <v>41</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>42</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>64</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>127</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C24" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F24" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H24">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
+        <v>88</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
         <v>176</v>
       </c>
-      <c r="K24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M24" t="s">
-        <v>170</v>
+        <v>106</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
         <v>180</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>127</v>
+      </c>
+      <c r="G25" t="s">
         <v>181</v>
       </c>
-      <c r="C25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H25">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>88</v>
+        <v>182</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M25" t="s">
-        <v>106</v>
+        <v>171</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>116</v>
       </c>
       <c r="D26" t="s">
-        <v>140</v>
+        <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F26" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
       <c r="G26" t="s">
         <v>42</v>
       </c>
       <c r="H26">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>187</v>
+        <v>118</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B27" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
         <v>116</v>
       </c>
       <c r="D27" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27"/>
+      <c r="I27">
+        <v>2012</v>
+      </c>
       <c r="J27" t="s">
         <v>118</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>120</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="O27" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="P27" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>79</v>
+      </c>
+      <c r="D28" t="s">
+        <v>194</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>127</v>
+      </c>
+      <c r="G28" t="s">
+        <v>42</v>
+      </c>
+      <c r="H28">
+        <v>2023</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>73</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
         <v>195</v>
       </c>
-      <c r="C28" t="s">
-[...26 lines deleted...]
-      <c r="L28"/>
       <c r="M28" t="s">
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="N28" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>196</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>200</v>
       </c>
       <c r="D29" t="s">
-        <v>199</v>
+        <v>117</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>127</v>
+        <v>33</v>
       </c>
       <c r="G29" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
       <c r="J29" t="s">
-        <v>73</v>
+        <v>201</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>81</v>
+        <v>203</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="P29" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
-        <v>204</v>
+        <v>115</v>
       </c>
       <c r="C30" t="s">
-        <v>205</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
         <v>117</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H30">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>206</v>
+        <v>118</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>207</v>
+        <v>119</v>
       </c>
       <c r="M30" t="s">
-        <v>208</v>
+        <v>120</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="P30" t="s">
-        <v>210</v>
+        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>115</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="D31" t="s">
         <v>117</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="G31" t="s">
         <v>42</v>
       </c>
       <c r="H31">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>119</v>
+        <v>211</v>
       </c>
       <c r="M31" t="s">
-        <v>120</v>
+        <v>212</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P31" t="s">
-        <v>122</v>
+        <v>214</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B32" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C32" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>217</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>127</v>
       </c>
       <c r="G32" t="s">
         <v>42</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>34</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C33" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="D33" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F33" t="s">
-        <v>127</v>
+        <v>225</v>
       </c>
       <c r="G33" t="s">
         <v>42</v>
       </c>
       <c r="H33">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>34</v>
+        <v>226</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="P33" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B34" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C34" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D34" t="s">
-        <v>229</v>
+        <v>140</v>
       </c>
       <c r="E34" t="s">
         <v>62</v>
       </c>
       <c r="F34" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="G34" t="s">
         <v>42</v>
       </c>
       <c r="H34">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
         <v>235</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
+        <v>200</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>201</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
         <v>236</v>
       </c>
-      <c r="C35" t="s">
-[...24 lines deleted...]
-      <c r="L35"/>
       <c r="M35" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P35" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C36" t="s">
-        <v>205</v>
+        <v>242</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I36">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J36" t="s">
-        <v>206</v>
+        <v>243</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="M36" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="P36" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B37" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C37" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>251</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>252</v>
       </c>
       <c r="F37" t="s">
         <v>127</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L37"/>
+      <c r="M37"/>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="P37" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B38" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C38" t="s">
-        <v>255</v>
+        <v>200</v>
       </c>
       <c r="D38" t="s">
-        <v>256</v>
+        <v>140</v>
       </c>
       <c r="E38" t="s">
-        <v>257</v>
+        <v>62</v>
       </c>
       <c r="F38" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
       <c r="G38" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-      <c r="I38"/>
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1997</v>
+      </c>
+      <c r="I38">
+        <v>2011</v>
+      </c>
       <c r="J38" t="s">
-        <v>145</v>
+        <v>201</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38"/>
-      <c r="M38"/>
+      <c r="L38" t="s">
+        <v>259</v>
+      </c>
+      <c r="M38" t="s">
+        <v>260</v>
+      </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P38" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B39" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C39" t="s">
-        <v>205</v>
+        <v>265</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="E39" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>63</v>
+        <v>127</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H39">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="I39">
         <v>2011</v>
       </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>206</v>
+        <v>182</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="M39" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="P39" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B40" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C40" t="s">
-        <v>269</v>
+        <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>127</v>
       </c>
       <c r="G40" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
       <c r="J40" t="s">
-        <v>187</v>
+        <v>73</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M40" t="s">
-        <v>271</v>
+        <v>74</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P40" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C41" t="s">
-        <v>70</v>
+        <v>223</v>
       </c>
       <c r="D41" t="s">
-        <v>140</v>
+        <v>277</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F41" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H41">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>73</v>
+        <v>278</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="M41" t="s">
-        <v>74</v>
+        <v>280</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="P41" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C42" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D42" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="G42" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>2001</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
       <c r="J42" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="M42" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="P42" t="s">
-        <v>286</v>
-[...30 lines deleted...]
-      <c r="J43" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>293</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">