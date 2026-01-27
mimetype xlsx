--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -4830,51 +4830,53 @@
         <v>197</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>379</v>
       </c>
       <c r="B62" t="s">
         <v>380</v>
       </c>
       <c r="C62" t="s">
         <v>164</v>
       </c>
       <c r="D62" t="s">
         <v>33</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>50</v>
       </c>
-      <c r="H62"/>
+      <c r="H62">
+        <v>2024</v>
+      </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>381</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>349</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>382</v>
       </c>
       <c r="P62" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>384</v>
       </c>