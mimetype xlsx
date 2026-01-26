--- v0 (2025-11-11)
+++ v1 (2026-01-26)
@@ -3374,51 +3374,51 @@
       </c>
       <c r="P29" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>201</v>
       </c>
       <c r="B30" t="s">
         <v>202</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>203</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
       </c>
       <c r="F30" t="s">
         <v>51</v>
       </c>
       <c r="G30" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>204</v>
       </c>
       <c r="K30" t="s">
         <v>38</v>
       </c>
       <c r="L30" t="s">
         <v>205</v>
       </c>
       <c r="M30" t="s">
         <v>39</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>206</v>
       </c>