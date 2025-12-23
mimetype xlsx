--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -372,53 +372,50 @@
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
     <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
@@ -808,51 +805,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1666,236 +1663,236 @@
       </c>
       <c r="L17" t="s">
         <v>115</v>
       </c>
       <c r="M17" t="s">
         <v>97</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>116</v>
       </c>
       <c r="P17" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>118</v>
       </c>
       <c r="B18" t="s">
         <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>80</v>
       </c>
       <c r="G18" t="s">
         <v>103</v>
       </c>
       <c r="H18">
         <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
         <v>126</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
         <v>134</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>80</v>
       </c>
       <c r="G20" t="s">
         <v>37</v>
       </c>
       <c r="H20">
         <v>2002</v>
       </c>
       <c r="I20">
         <v>2017</v>
       </c>
       <c r="J20" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>137</v>
+      </c>
+      <c r="P20" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>139</v>
+      </c>
+      <c r="B21" t="s">
         <v>140</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>51</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>37</v>
       </c>
       <c r="H21">
         <v>1995</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>141</v>
+      </c>
+      <c r="M21" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">