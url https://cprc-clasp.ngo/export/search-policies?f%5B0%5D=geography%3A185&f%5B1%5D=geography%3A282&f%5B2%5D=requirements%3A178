--- v0 (2025-11-27)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="839">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="838">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2214,120 +2214,117 @@
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
@@ -2906,51 +2903,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -9172,1106 +9169,1108 @@
       </c>
       <c r="L127" t="s">
         <v>722</v>
       </c>
       <c r="M127" t="s">
         <v>712</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
         <v>723</v>
       </c>
       <c r="P127" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>725</v>
       </c>
       <c r="B128" t="s">
         <v>726</v>
       </c>
       <c r="C128" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" t="s">
         <v>727</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
         <v>728</v>
       </c>
-      <c r="E128" t="s">
-[...2 lines deleted...]
-      <c r="F128" t="s">
+      <c r="G128" t="s">
+        <v>8</v>
+      </c>
+      <c r="H128">
+        <v>2008</v>
+      </c>
+      <c r="I128">
+        <v>2024</v>
+      </c>
+      <c r="J128" t="s">
         <v>729</v>
-      </c>
-[...8 lines deleted...]
-        <v>731</v>
       </c>
       <c r="K128" t="s">
         <v>48</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="N128" t="s">
         <v>672</v>
       </c>
       <c r="O128" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="P128" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>733</v>
+      </c>
+      <c r="B129" t="s">
+        <v>734</v>
+      </c>
+      <c r="C129" t="s">
+        <v>32</v>
+      </c>
+      <c r="D129" t="s">
         <v>735</v>
-      </c>
-[...7 lines deleted...]
-        <v>737</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>55</v>
       </c>
       <c r="H129">
         <v>2018</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>43</v>
       </c>
       <c r="K129" t="s">
         <v>263</v>
       </c>
       <c r="L129" t="s">
+        <v>736</v>
+      </c>
+      <c r="M129" t="s">
+        <v>737</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
         <v>738</v>
       </c>
-      <c r="M129" t="s">
+      <c r="P129" t="s">
         <v>739</v>
-      </c>
-[...7 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
+        <v>740</v>
+      </c>
+      <c r="B130" t="s">
+        <v>741</v>
+      </c>
+      <c r="C130" t="s">
+        <v>32</v>
+      </c>
+      <c r="D130" t="s">
         <v>742</v>
-      </c>
-[...7 lines deleted...]
-        <v>744</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>55</v>
       </c>
       <c r="H130">
         <v>2021</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>43</v>
       </c>
       <c r="K130" t="s">
         <v>48</v>
       </c>
       <c r="L130" t="s">
+        <v>743</v>
+      </c>
+      <c r="M130" t="s">
+        <v>737</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>744</v>
+      </c>
+      <c r="P130" t="s">
         <v>745</v>
-      </c>
-[...10 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>746</v>
+      </c>
+      <c r="B131" t="s">
+        <v>747</v>
+      </c>
+      <c r="C131" t="s">
+        <v>32</v>
+      </c>
+      <c r="D131" t="s">
         <v>748</v>
-      </c>
-[...7 lines deleted...]
-        <v>750</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>704</v>
       </c>
       <c r="G131" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="H131">
         <v>2025</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
+        <v>750</v>
+      </c>
+      <c r="K131" t="s">
+        <v>48</v>
+      </c>
+      <c r="L131" t="s">
         <v>751</v>
       </c>
-      <c r="K131" t="s">
-[...2 lines deleted...]
-      <c r="L131" t="s">
+      <c r="M131" t="s">
         <v>752</v>
       </c>
-      <c r="M131" t="s">
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
         <v>753</v>
       </c>
-      <c r="N131" t="s">
-[...2 lines deleted...]
-      <c r="O131" t="s">
+      <c r="P131" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
+        <v>755</v>
+      </c>
+      <c r="B132" t="s">
         <v>756</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
+        <v>32</v>
+      </c>
+      <c r="D132" t="s">
         <v>757</v>
       </c>
-      <c r="C132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="G132" t="s">
         <v>55</v>
       </c>
       <c r="H132">
         <v>2022</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="K132" t="s">
         <v>263</v>
       </c>
       <c r="L132" t="s">
+        <v>759</v>
+      </c>
+      <c r="M132" t="s">
         <v>760</v>
       </c>
-      <c r="M132" t="s">
+      <c r="N132" t="s">
         <v>761</v>
       </c>
-      <c r="N132" t="s">
+      <c r="O132" t="s">
         <v>762</v>
       </c>
-      <c r="O132" t="s">
+      <c r="P132" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
+        <v>764</v>
+      </c>
+      <c r="B133" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>111</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>1993</v>
       </c>
       <c r="I133">
         <v>2022</v>
       </c>
       <c r="J133" t="s">
+        <v>766</v>
+      </c>
+      <c r="K133" t="s">
+        <v>48</v>
+      </c>
+      <c r="L133" t="s">
         <v>767</v>
       </c>
-      <c r="K133" t="s">
-[...2 lines deleted...]
-      <c r="L133" t="s">
+      <c r="M133" t="s">
         <v>768</v>
       </c>
-      <c r="M133" t="s">
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
         <v>769</v>
       </c>
-      <c r="N133" t="s">
-[...2 lines deleted...]
-      <c r="O133" t="s">
+      <c r="P133" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
+        <v>771</v>
+      </c>
+      <c r="B134" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>81</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>55</v>
       </c>
       <c r="H134">
         <v>2011</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K134" t="s">
         <v>48</v>
       </c>
       <c r="L134" t="s">
+        <v>773</v>
+      </c>
+      <c r="M134" t="s">
+        <v>768</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
         <v>774</v>
       </c>
-      <c r="M134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P134" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
+        <v>775</v>
+      </c>
+      <c r="B135" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>445</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>1993</v>
       </c>
       <c r="I135">
         <v>2012</v>
       </c>
       <c r="J135" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K135" t="s">
         <v>48</v>
       </c>
       <c r="L135" t="s">
+        <v>777</v>
+      </c>
+      <c r="M135" t="s">
+        <v>768</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
         <v>778</v>
       </c>
-      <c r="M135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P135" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
+        <v>779</v>
+      </c>
+      <c r="B136" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>677</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>1993</v>
       </c>
       <c r="I136">
         <v>2010</v>
       </c>
       <c r="J136" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K136" t="s">
         <v>48</v>
       </c>
       <c r="L136" t="s">
+        <v>781</v>
+      </c>
+      <c r="M136" t="s">
+        <v>768</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
         <v>782</v>
       </c>
-      <c r="M136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P136" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
+        <v>783</v>
+      </c>
+      <c r="B137" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>320</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>1995</v>
       </c>
       <c r="I137">
         <v>2019</v>
       </c>
       <c r="J137" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K137" t="s">
         <v>48</v>
       </c>
       <c r="L137" t="s">
+        <v>785</v>
+      </c>
+      <c r="M137" t="s">
+        <v>768</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
         <v>786</v>
       </c>
-      <c r="M137" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P137" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
+        <v>787</v>
+      </c>
+      <c r="B138" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>353</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>1993</v>
       </c>
       <c r="I138">
         <v>2010</v>
       </c>
       <c r="J138" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K138" t="s">
         <v>48</v>
       </c>
       <c r="L138" t="s">
+        <v>789</v>
+      </c>
+      <c r="M138" t="s">
+        <v>768</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
         <v>790</v>
       </c>
-      <c r="M138" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P138" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
+        <v>791</v>
+      </c>
+      <c r="B139" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>353</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>1993</v>
       </c>
       <c r="I139">
         <v>2013</v>
       </c>
       <c r="J139" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K139" t="s">
         <v>48</v>
       </c>
       <c r="L139" t="s">
+        <v>793</v>
+      </c>
+      <c r="M139" t="s">
+        <v>768</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
         <v>794</v>
       </c>
-      <c r="M139" t="s">
-[...5 lines deleted...]
-      <c r="O139" t="s">
+      <c r="P139" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
+        <v>796</v>
+      </c>
+      <c r="B140" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>445</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>1993</v>
       </c>
       <c r="I140">
         <v>2016</v>
       </c>
       <c r="J140" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K140" t="s">
         <v>48</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="P140" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
+        <v>799</v>
+      </c>
+      <c r="B141" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>456</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>55</v>
       </c>
       <c r="H141">
         <v>2018</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K141" t="s">
         <v>48</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="P141" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>802</v>
+      </c>
+      <c r="B142" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>55</v>
       </c>
       <c r="H142">
         <v>2013</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K142" t="s">
         <v>48</v>
       </c>
       <c r="L142" t="s">
+        <v>805</v>
+      </c>
+      <c r="M142" t="s">
+        <v>768</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
         <v>806</v>
       </c>
-      <c r="M142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P142" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
+        <v>807</v>
+      </c>
+      <c r="B143" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>1993</v>
       </c>
       <c r="I143">
         <v>2016</v>
       </c>
       <c r="J143" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K143" t="s">
         <v>48</v>
       </c>
       <c r="L143" t="s">
+        <v>810</v>
+      </c>
+      <c r="M143" t="s">
+        <v>768</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
         <v>811</v>
       </c>
-      <c r="M143" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P143" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
+        <v>812</v>
+      </c>
+      <c r="B144" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
         <v>445</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>1993</v>
       </c>
       <c r="I144">
         <v>2010</v>
       </c>
       <c r="J144" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K144" t="s">
         <v>48</v>
       </c>
       <c r="L144" t="s">
+        <v>814</v>
+      </c>
+      <c r="M144" t="s">
+        <v>768</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
         <v>815</v>
       </c>
-      <c r="M144" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P144" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
+        <v>816</v>
+      </c>
+      <c r="B145" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>55</v>
       </c>
       <c r="H145">
         <v>2010</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K145" t="s">
         <v>263</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="N145" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="O145" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="P145" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
+        <v>820</v>
+      </c>
+      <c r="B146" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
         <v>155</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146"/>
       <c r="I146">
         <v>2010</v>
       </c>
       <c r="J146" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K146" t="s">
         <v>263</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="N146" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="O146" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="P146" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
+        <v>823</v>
+      </c>
+      <c r="B147" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>1997</v>
       </c>
       <c r="I147">
         <v>2011</v>
       </c>
       <c r="J147" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K147" t="s">
         <v>48</v>
       </c>
       <c r="L147" t="s">
+        <v>826</v>
+      </c>
+      <c r="M147" t="s">
+        <v>768</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
         <v>827</v>
       </c>
-      <c r="M147" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P147" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
+        <v>828</v>
+      </c>
+      <c r="B148" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
         <v>298</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2010</v>
       </c>
       <c r="I148">
         <v>2017</v>
       </c>
       <c r="J148" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="K148" t="s">
         <v>48</v>
       </c>
       <c r="L148" t="s">
+        <v>830</v>
+      </c>
+      <c r="M148" t="s">
+        <v>768</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
         <v>831</v>
       </c>
-      <c r="M148" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P148" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
+        <v>832</v>
+      </c>
+      <c r="B149" t="s">
         <v>833</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>32</v>
+      </c>
+      <c r="D149" t="s">
         <v>834</v>
-      </c>
-[...4 lines deleted...]
-        <v>835</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>55</v>
       </c>
       <c r="H149">
         <v>2017</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="K149" t="s">
         <v>561</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
         <v>37</v>
       </c>
       <c r="N149" t="s">
         <v>563</v>
       </c>
       <c r="O149" t="s">
+        <v>836</v>
+      </c>
+      <c r="P149" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">