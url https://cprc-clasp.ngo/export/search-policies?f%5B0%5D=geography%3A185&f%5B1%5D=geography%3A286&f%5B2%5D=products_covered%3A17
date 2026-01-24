--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -145,51 +145,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>