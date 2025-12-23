--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -124,102 +124,105 @@
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
+    <t>Procel Seal - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...49 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -779,76 +782,76 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>51</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">