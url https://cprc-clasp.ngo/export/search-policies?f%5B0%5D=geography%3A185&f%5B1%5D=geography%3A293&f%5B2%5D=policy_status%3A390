--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,826 +12,485 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>AS 1731.1-13:2003</t>
+    <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
-[...5 lines deleted...]
-    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+    <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for Computer Monitors</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
+    <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...116 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>AS/NZS 5815.2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Computers</t>
+  </si>
+  <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-computers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for set top boxes</t>
+  </si>
+  <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>AS/NZS 62087.1:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>September 2022</t>
-[...301 lines deleted...]
-  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
-[...28 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
   </si>
   <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1095,2817 +754,968 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N63"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1990</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1990</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1987</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>112</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>109</v>
+      </c>
+      <c r="F16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>47</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>109</v>
+      </c>
+      <c r="F17" t="s">
+        <v>110</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>47</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...158 lines deleted...]
-      <c r="K6" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
         <v>44</v>
       </c>
-      <c r="L6" t="s">
-[...16 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...497 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N18" t="s">
-        <v>100</v>
-[...267 lines deleted...]
-      <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
         <v>124</v>
-      </c>
-[...1657 lines deleted...]
-        <v>244</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>