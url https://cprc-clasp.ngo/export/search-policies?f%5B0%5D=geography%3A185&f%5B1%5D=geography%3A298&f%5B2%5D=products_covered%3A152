--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -149,77 +149,77 @@
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
     <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
     <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
   </si>
   <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
     <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>