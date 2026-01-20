--- v0 (2025-11-09)
+++ v1 (2026-01-20)
@@ -248,51 +248,51 @@
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
-    <t>New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>