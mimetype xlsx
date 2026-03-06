--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -4417,51 +4417,51 @@
       </c>
       <c r="P52" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>342</v>
       </c>
       <c r="B53" t="s">
         <v>343</v>
       </c>
       <c r="C53" t="s">
         <v>31</v>
       </c>
       <c r="D53" t="s">
         <v>344</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>49</v>
       </c>
       <c r="G53" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53">
         <v>2024</v>
       </c>
       <c r="J53" t="s">
         <v>345</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
         <v>346</v>
       </c>
       <c r="M53" t="s">
         <v>36</v>
       </c>
       <c r="N53" t="s">
         <v>37</v>
       </c>
       <c r="O53" t="s">
         <v>347</v>
       </c>