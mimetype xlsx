--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -12,284 +12,348 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,529 +617,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="713.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...9 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...34 lines deleted...]
-      <c r="M3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...9 lines deleted...]
-      <c r="D4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
         <v>38</v>
       </c>
-      <c r="E4" t="s">
-[...281 lines deleted...]
-        <v>64</v>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>