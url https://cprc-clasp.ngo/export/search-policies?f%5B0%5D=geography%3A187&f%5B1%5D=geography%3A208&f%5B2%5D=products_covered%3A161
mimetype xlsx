--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
@@ -268,50 +268,53 @@
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-053-2016</t>
   </si>
   <si>
     <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
@@ -546,53 +549,50 @@
     <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -1464,1065 +1464,1065 @@
       </c>
       <c r="P8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>80</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2011</v>
       </c>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>66</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11">
         <v>2007</v>
       </c>
       <c r="I11">
         <v>2008</v>
       </c>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15">
         <v>2018</v>
       </c>
       <c r="J15" t="s">
         <v>76</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>33</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>76</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G17" t="s">
         <v>33</v>
       </c>
       <c r="H17">
         <v>2022</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2008</v>
       </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D19" t="s">
         <v>75</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>67</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>67</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D21" t="s">
         <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>66</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>67</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22" t="s">
         <v>31</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H22">
         <v>2010</v>
       </c>
       <c r="I22">
         <v>2010</v>
       </c>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>35</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E23" t="s">
         <v>66</v>
       </c>
       <c r="F23" t="s">
         <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>33</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>76</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>177</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
         <v>41</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>50</v>
       </c>
       <c r="G24" t="s">
         <v>42</v>
       </c>
       <c r="H24">
         <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>178</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>179</v>
       </c>
       <c r="M24" t="s">
         <v>180</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>181</v>
       </c>
       <c r="P24" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>183</v>
       </c>
       <c r="B25" t="s">
         <v>184</v>
       </c>
       <c r="C25" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D25" t="s">
         <v>185</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
         <v>2016</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>186</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>187</v>
       </c>
       <c r="N25" t="s">
         <v>188</v>
       </c>
       <c r="O25" t="s">
         <v>189</v>
       </c>
       <c r="P25" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>191</v>
       </c>
       <c r="B26" t="s">
         <v>192</v>
       </c>
       <c r="C26" t="s">
         <v>193</v>
       </c>
       <c r="D26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>194</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>195</v>
       </c>
       <c r="P26" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>197</v>
       </c>
       <c r="B27" t="s">
         <v>198</v>
       </c>
       <c r="C27" t="s">
         <v>193</v>
       </c>
       <c r="D27" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>194</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>199</v>
       </c>
       <c r="P27" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>201</v>
       </c>
       <c r="B28" t="s">
         <v>202</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2014</v>
       </c>
       <c r="J28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>203</v>
       </c>
       <c r="M28" t="s">
         <v>44</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>204</v>
       </c>
       <c r="P28" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>206</v>
       </c>
       <c r="B29" t="s">
         <v>207</v>
       </c>
       <c r="C29" t="s">
         <v>40</v>
       </c>
       <c r="D29" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
         <v>2014</v>
       </c>
       <c r="J29" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>208</v>
       </c>
       <c r="M29" t="s">
         <v>44</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>209</v>
       </c>
       <c r="P29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>211</v>
       </c>
       <c r="B30" t="s">
         <v>212</v>
       </c>
       <c r="C30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D30" t="s">
         <v>213</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>32</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30">
         <v>2017</v>
       </c>
       <c r="J30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>214</v>
       </c>
       <c r="P30" t="s">
         <v>215</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>