--- v0 (2025-11-30)
+++ v1 (2026-01-19)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
@@ -268,50 +268,53 @@
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-053-2016</t>
   </si>
   <si>
     <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
@@ -579,53 +582,50 @@
     <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -1599,895 +1599,895 @@
       </c>
       <c r="P8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>80</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2011</v>
       </c>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>66</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11">
         <v>2007</v>
       </c>
       <c r="I11">
         <v>2008</v>
       </c>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15">
         <v>2018</v>
       </c>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
       <c r="I16">
         <v>2018</v>
       </c>
       <c r="J16" t="s">
         <v>76</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>33</v>
       </c>
       <c r="H17">
         <v>2017</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>76</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G18" t="s">
         <v>33</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H19">
         <v>2005</v>
       </c>
       <c r="I19">
         <v>2008</v>
       </c>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>33</v>
       </c>
       <c r="H20">
         <v>2022</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D21" t="s">
         <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>67</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>67</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D23" t="s">
         <v>75</v>
       </c>
       <c r="E23" t="s">
         <v>66</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>67</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
         <v>30</v>
       </c>
       <c r="C24" t="s">
         <v>31</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24">
         <v>2010</v>
       </c>
       <c r="J24" t="s">
         <v>34</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>35</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>76</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>41</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>50</v>
       </c>
       <c r="G26" t="s">
         <v>42</v>
       </c>
       <c r="H26">
         <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>189</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>190</v>
       </c>
       <c r="M26" t="s">
         <v>191</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>192</v>
       </c>
       <c r="P26" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>194</v>
       </c>
       <c r="B27" t="s">
         <v>195</v>
       </c>
       <c r="C27" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="D27" t="s">
         <v>196</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>50</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2024</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>189</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>197</v>
@@ -2500,402 +2500,402 @@
       </c>
       <c r="O27" t="s">
         <v>198</v>
       </c>
       <c r="P27" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>199</v>
       </c>
       <c r="B28" t="s">
         <v>200</v>
       </c>
       <c r="C28" t="s">
         <v>64</v>
       </c>
       <c r="D28" t="s">
         <v>201</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G28" t="s">
         <v>33</v>
       </c>
       <c r="H28">
         <v>2018</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>202</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>203</v>
       </c>
       <c r="M28" t="s">
         <v>204</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>205</v>
       </c>
       <c r="P28" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>207</v>
       </c>
       <c r="B29" t="s">
         <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
         <v>209</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>50</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>210</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>211</v>
       </c>
       <c r="N29" t="s">
         <v>212</v>
       </c>
       <c r="O29" t="s">
         <v>213</v>
       </c>
       <c r="P29" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>215</v>
       </c>
       <c r="B30" t="s">
         <v>216</v>
       </c>
       <c r="C30" t="s">
         <v>217</v>
       </c>
       <c r="D30" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>33</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>218</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>219</v>
       </c>
       <c r="P30" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>221</v>
       </c>
       <c r="B31" t="s">
         <v>222</v>
       </c>
       <c r="C31" t="s">
         <v>217</v>
       </c>
       <c r="D31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>33</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>218</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>223</v>
       </c>
       <c r="P31" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>225</v>
       </c>
       <c r="B32" t="s">
         <v>226</v>
       </c>
       <c r="C32" t="s">
         <v>217</v>
       </c>
       <c r="D32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>50</v>
       </c>
       <c r="G32" t="s">
         <v>33</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>218</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>227</v>
       </c>
       <c r="P32" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>229</v>
       </c>
       <c r="B33" t="s">
         <v>230</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>231</v>
       </c>
       <c r="M33" t="s">
         <v>44</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>232</v>
       </c>
       <c r="P33" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>234</v>
       </c>
       <c r="B34" t="s">
         <v>235</v>
       </c>
       <c r="C34" t="s">
         <v>40</v>
       </c>
       <c r="D34" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34">
         <v>2014</v>
       </c>
       <c r="J34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>236</v>
       </c>
       <c r="M34" t="s">
         <v>44</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>237</v>
       </c>
       <c r="P34" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>239</v>
       </c>
       <c r="B35" t="s">
         <v>240</v>
       </c>
       <c r="C35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D35" t="s">
         <v>241</v>
       </c>
       <c r="E35" t="s">
         <v>66</v>
       </c>
       <c r="F35" t="s">
         <v>32</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35">
         <v>2017</v>
       </c>
       <c r="J35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>242</v>
       </c>
       <c r="P35" t="s">
         <v>243</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>