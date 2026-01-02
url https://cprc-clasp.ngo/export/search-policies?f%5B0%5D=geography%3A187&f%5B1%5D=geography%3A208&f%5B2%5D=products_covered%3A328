--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,65 +132,65 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
@@ -466,50 +466,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
   </si>
   <si>
     <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
@@ -918,65 +936,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P25"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1114,99 +1132,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1350,99 +1368,99 @@
       <c r="O8" t="s">
         <v>72</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>75</v>
       </c>
       <c r="D9" t="s">
         <v>76</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>69</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>77</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>79</v>
       </c>
       <c r="P9" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>81</v>
       </c>
       <c r="B10" t="s">
         <v>82</v>
       </c>
       <c r="C10" t="s">
         <v>83</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>84</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H10">
         <v>1996</v>
       </c>
       <c r="I10">
         <v>2015</v>
       </c>
       <c r="J10" t="s">
         <v>85</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>86</v>
       </c>
       <c r="M10" t="s">
         <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>88</v>
       </c>
@@ -1496,197 +1514,197 @@
       </c>
       <c r="P11" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>99</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>93</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
         <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>101</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>102</v>
       </c>
       <c r="P12" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>104</v>
       </c>
       <c r="B13" t="s">
         <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>106</v>
       </c>
       <c r="D13" t="s">
         <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>69</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2008</v>
       </c>
       <c r="J13" t="s">
         <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>108</v>
       </c>
       <c r="M13" t="s">
         <v>109</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>110</v>
       </c>
       <c r="P13" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
         <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>114</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14">
         <v>2012</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>115</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>116</v>
       </c>
       <c r="P14" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>112</v>
       </c>
       <c r="B15" t="s">
         <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>114</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>93</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>119</v>
       </c>
       <c r="M15" t="s">
         <v>115</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>120</v>
       </c>
@@ -1830,51 +1848,51 @@
       </c>
       <c r="P18" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>138</v>
       </c>
       <c r="B19" t="s">
         <v>139</v>
       </c>
       <c r="C19" t="s">
         <v>140</v>
       </c>
       <c r="D19" t="s">
         <v>37</v>
       </c>
       <c r="E19" t="s">
         <v>84</v>
       </c>
       <c r="F19" t="s">
         <v>93</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
         <v>100</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>141</v>
       </c>
       <c r="M19" t="s">
         <v>142</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>143</v>
       </c>
@@ -1910,278 +1928,322 @@
       <c r="I20"/>
       <c r="J20" t="s">
         <v>148</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>94</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>149</v>
       </c>
       <c r="P20" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>150</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B21"/>
       <c r="C21" t="s">
-        <v>152</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
         <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="G21" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>151</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>100</v>
+        <v>152</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>153</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>154</v>
       </c>
       <c r="P21" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>156</v>
       </c>
       <c r="B22" t="s">
         <v>157</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="G22" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>159</v>
+        <v>100</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>160</v>
       </c>
-      <c r="N22" t="s">
+      <c r="P22" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
         <v>164</v>
       </c>
-      <c r="B23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>167</v>
+      </c>
+      <c r="O23" t="s">
         <v>168</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
         <v>171</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>172</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" t="s">
+        <v>84</v>
+      </c>
+      <c r="F24" t="s">
+        <v>93</v>
+      </c>
+      <c r="G24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>173</v>
       </c>
-      <c r="D24" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
         <v>174</v>
       </c>
-      <c r="E24" t="s">
-[...14 lines deleted...]
-      <c r="J24" t="s">
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>175</v>
       </c>
-      <c r="K24" t="s">
-[...2 lines deleted...]
-      <c r="L24" t="s">
+      <c r="P24" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
         <v>180</v>
       </c>
-      <c r="B25" t="s">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
         <v>181</v>
       </c>
-      <c r="C25" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>182</v>
+      </c>
+      <c r="M25" t="s">
+        <v>183</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
         <v>140</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="D26" t="s">
+        <v>188</v>
+      </c>
+      <c r="E26" t="s">
         <v>84</v>
       </c>
-      <c r="F25" t="s">
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25">
+      <c r="G26" t="s">
+        <v>38</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="I25">
+      <c r="I26">
         <v>2017</v>
       </c>
-      <c r="J25" t="s">
+      <c r="J26" t="s">
         <v>85</v>
       </c>
-      <c r="K25" t="s">
-[...3 lines deleted...]
-      <c r="M25" t="s">
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
         <v>142</v>
       </c>
-      <c r="N25" t="s">
-[...6 lines deleted...]
-        <v>184</v>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">