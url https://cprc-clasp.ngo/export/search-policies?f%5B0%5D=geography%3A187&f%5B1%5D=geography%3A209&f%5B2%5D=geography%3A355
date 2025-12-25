--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -4483,51 +4483,51 @@
       </c>
       <c r="P53" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>354</v>
       </c>
       <c r="B54" t="s">
         <v>355</v>
       </c>
       <c r="C54" t="s">
         <v>44</v>
       </c>
       <c r="D54" t="s">
         <v>356</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
       </c>
       <c r="F54" t="s">
         <v>61</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54">
         <v>2024</v>
       </c>
       <c r="J54" t="s">
         <v>357</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
         <v>358</v>
       </c>
       <c r="M54" t="s">
         <v>48</v>
       </c>
       <c r="N54" t="s">
         <v>49</v>
       </c>
       <c r="O54" t="s">
         <v>359</v>
       </c>