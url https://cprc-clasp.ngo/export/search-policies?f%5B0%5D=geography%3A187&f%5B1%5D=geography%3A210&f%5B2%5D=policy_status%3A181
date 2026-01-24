--- v0 (2025-11-26)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,273 +104,195 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -380,70 +302,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
@@ -646,50 +548,53 @@
   <si>
     <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
 Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
 Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
     <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
     <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
   </si>
   <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
@@ -784,50 +689,53 @@
   </si>
   <si>
     <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
 i. meet the definition of a Storage Product provided in Section 1 of the policy document;
 ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
 iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
    a) contain a controller with advanced data recovery capability
    b) support Block I/O and/or File I/O storage functions; and
    c) implement scale-up or scale-out storage.</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
     <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
 Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
@@ -1100,50 +1008,53 @@
   <si>
     <t>https://www.energystar.gov/products/dishwashers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
     <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/refrigerators/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>
   <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
@@ -1224,50 +1135,53 @@
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
     <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
     <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
 i. TVs
 ii. Hospitality TV/HTDs
 iii. Home Theater Displays</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
@@ -1655,73 +1569,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P65"/>
+  <dimension ref="A1:P59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1798,3145 +1712,2859 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="I12">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
         <v>106</v>
       </c>
-      <c r="C15" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D18" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I18">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="K18" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="L18"/>
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
       <c r="M18" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="C19" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D19" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F19" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I19">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="M19" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C20" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D20" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="E20" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="I20">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J20" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="K20" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="M20" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D21" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E21" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="I21">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="M21" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N21" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D22" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="E22" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F22" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
-      <c r="I22">
-[...1 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="L22" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="M22" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="P22" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B23" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C23" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E23" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="I23">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="M23" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C24" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D24" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E24" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F24" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="M24" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="P24" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B25" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C25" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D25" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E25" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I25">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J25" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="L25" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="M25" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="P25" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B26" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="D26" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="E26" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F26" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I26">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="M26" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="P26" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="D27" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="E27" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F27" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="I27">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="M27" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="P27" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="B28" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C28" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="E28" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H28">
         <v>2016</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K28" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="M28" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="P28" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C29" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D29" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="E29" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="I29">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J29" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="M29" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="P29" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B30" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="E30" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F30" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H30">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2008</v>
+      </c>
       <c r="J30" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="M30" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="P30" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B31" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="C31" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D31" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E31" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F31" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I31">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K31" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="M31" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D32" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="M32" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="P32" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="B33" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C33" t="s">
-        <v>226</v>
+        <v>131</v>
       </c>
       <c r="D33" t="s">
-        <v>227</v>
+        <v>163</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="I33">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="L33" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M33" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="P33" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B34" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C34" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D34" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E34" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F34" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G34" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H34">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
       <c r="J34" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="M34" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="P34" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B35" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C35" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="D35" t="s">
-        <v>220</v>
+        <v>243</v>
       </c>
       <c r="E35" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F35" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="I35">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="M35" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="P35" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B36" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C36" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D36" t="s">
-        <v>89</v>
+        <v>249</v>
       </c>
       <c r="E36" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F36" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G36" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="I36">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="J36" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="M36" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="P36" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B37" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C37" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D37" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="E37" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F37" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H37">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="M37" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="P37" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B38" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C38" t="s">
-        <v>255</v>
+        <v>131</v>
       </c>
       <c r="D38" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="E38" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F38" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="I38">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J38" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="M38" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="P38" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B39" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C39" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D39" t="s">
-        <v>195</v>
+        <v>237</v>
       </c>
       <c r="E39" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F39" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H39">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="I39">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J39" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K39" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="M39" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="P39" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B40" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C40" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D40" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="E40" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F40" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G40" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="I40">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J40" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="M40" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="P40" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B41" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C41" t="s">
-        <v>226</v>
+        <v>131</v>
       </c>
       <c r="D41" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E41" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F41" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="I41">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J41" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="M41" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="P41" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B42" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D42" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="E42" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F42" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I42">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J42" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M42" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="P42" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B43" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C43" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D43" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="E43" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F43" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G43" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>1995</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
       <c r="J43" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="M43" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P43" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B44" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C44" t="s">
+        <v>131</v>
+      </c>
+      <c r="D44" t="s">
         <v>163</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F44" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I44">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="J44" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K44" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="L44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M44" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D45" t="s">
-        <v>267</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F45" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G45" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2001</v>
       </c>
       <c r="I45">
         <v>2018</v>
       </c>
       <c r="J45" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M45" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P45" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B46" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C46" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D46" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="E46" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F46" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I46">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J46" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="M46" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="P46" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B47" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C47" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>306</v>
+        <v>170</v>
       </c>
       <c r="E47" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F47" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
+        <v>2001</v>
+      </c>
+      <c r="I47">
         <v>2014</v>
       </c>
-      <c r="I47">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="M47" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="P47" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C48" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="E48" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F48" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="I48">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J48" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="M48" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="P48" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B49" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C49" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D49" t="s">
-        <v>267</v>
+        <v>182</v>
       </c>
       <c r="E49" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F49" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="I49">
         <v>2015</v>
       </c>
       <c r="J49" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K49" t="s">
-        <v>24</v>
+        <v>321</v>
       </c>
       <c r="L49" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="M49" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P49" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B50" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C50" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D50" t="s">
-        <v>195</v>
+        <v>327</v>
       </c>
       <c r="E50" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F50" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="I50">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="J50" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K50" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="M50" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="P50" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B51" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C51" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D51" t="s">
-        <v>328</v>
+        <v>47</v>
       </c>
       <c r="E51" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F51" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I51">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J51" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="M51" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="P51" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B52" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C52" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E52" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F52" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="I52">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J52" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="M52" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="P52" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B53" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C53" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D53" t="s">
-        <v>32</v>
+        <v>261</v>
       </c>
       <c r="E53" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F53" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H53">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="M53" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="P53" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B54" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C54" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D54" t="s">
-        <v>83</v>
+        <v>349</v>
       </c>
       <c r="E54" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F54" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I54">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J54" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="M54" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="P54" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B55" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C55" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D55" t="s">
-        <v>213</v>
+        <v>355</v>
       </c>
       <c r="E55" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F55" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="I55">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J55" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K55" t="s">
-        <v>350</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="M55" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="P55" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B56" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C56" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D56" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="E56" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F56" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="I56">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J56" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="M56" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="P56" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B57" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C57" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D57" t="s">
-        <v>52</v>
+        <v>367</v>
       </c>
       <c r="E57" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F57" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="I57">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J57" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="M57" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="P57" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="B58" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="C58" t="s">
-        <v>163</v>
+        <v>94</v>
       </c>
       <c r="D58" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E58" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F58" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="I58">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J58" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="M58" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="P58" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="B59" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
+        <v>94</v>
       </c>
       <c r="D59" t="s">
-        <v>291</v>
+        <v>380</v>
       </c>
       <c r="E59" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="F59" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G59" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2018</v>
+      </c>
+      <c r="I59">
+        <v>2020</v>
+      </c>
       <c r="J59" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="K59" t="s">
-        <v>24</v>
+        <v>381</v>
       </c>
       <c r="L59" t="s">
-        <v>373</v>
+        <v>256</v>
       </c>
       <c r="M59" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="P59" t="s">
-        <v>375</v>
-[...56 lines deleted...]
-      <c r="B61" t="s">
         <v>383</v>
-      </c>
-[...240 lines deleted...]
-        <v>411</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">