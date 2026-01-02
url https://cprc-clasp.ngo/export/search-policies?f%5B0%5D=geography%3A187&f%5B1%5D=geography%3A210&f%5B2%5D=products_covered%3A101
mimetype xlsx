--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,89 +80,92 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
 i) products with a clothes container volume of less than 1.6 cubic feet,
 ii) products configured in any way other than a front- or top-loading design,
 iii) Combination All-in-One Washer-Dryers,
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
@@ -530,51 +533,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -662,126 +665,126 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2016</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>1997</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">