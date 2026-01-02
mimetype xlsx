--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>