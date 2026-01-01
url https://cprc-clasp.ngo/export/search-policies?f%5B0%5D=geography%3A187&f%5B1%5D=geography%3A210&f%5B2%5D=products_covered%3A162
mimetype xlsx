--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...31 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
     <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
 Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Voluntary</t>
@@ -681,224 +684,224 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2016</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2007</v>
       </c>
       <c r="I4">
         <v>2008</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">