--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,63 +132,63 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -575,51 +575,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -757,197 +757,197 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>53</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>59</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H7">
         <v>1996</v>
       </c>
       <c r="I7">
         <v>2015</v>
       </c>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>64</v>
       </c>