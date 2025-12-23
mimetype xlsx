--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -691,226 +694,226 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2016</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2001</v>
       </c>
       <c r="I5">
         <v>2013</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2001</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">