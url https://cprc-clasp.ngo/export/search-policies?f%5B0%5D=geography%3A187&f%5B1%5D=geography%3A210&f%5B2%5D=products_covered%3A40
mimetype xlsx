--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>