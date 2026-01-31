--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -65,69 +65,70 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
@@ -581,55 +582,53 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>