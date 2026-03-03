--- v0 (2025-11-09)
+++ v1 (2026-03-03)
@@ -4486,51 +4486,51 @@
       </c>
       <c r="P53" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>353</v>
       </c>
       <c r="B54" t="s">
         <v>354</v>
       </c>
       <c r="C54" t="s">
         <v>31</v>
       </c>
       <c r="D54" t="s">
         <v>355</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>49</v>
       </c>
       <c r="G54" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54">
         <v>2024</v>
       </c>
       <c r="J54" t="s">
         <v>356</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
         <v>357</v>
       </c>
       <c r="M54" t="s">
         <v>36</v>
       </c>
       <c r="N54" t="s">
         <v>37</v>
       </c>
       <c r="O54" t="s">
         <v>358</v>
       </c>