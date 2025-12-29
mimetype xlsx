--- v0 (2025-11-12)
+++ v1 (2025-12-29)
@@ -5207,51 +5207,51 @@
       </c>
       <c r="P65" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>411</v>
       </c>
       <c r="B66" t="s">
         <v>412</v>
       </c>
       <c r="C66" t="s">
         <v>31</v>
       </c>
       <c r="D66" t="s">
         <v>413</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>127</v>
       </c>
       <c r="G66" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66">
         <v>2024</v>
       </c>
       <c r="J66" t="s">
         <v>414</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>415</v>
       </c>
       <c r="M66" t="s">
         <v>36</v>
       </c>
       <c r="N66" t="s">
         <v>37</v>
       </c>
       <c r="O66" t="s">
         <v>416</v>
       </c>