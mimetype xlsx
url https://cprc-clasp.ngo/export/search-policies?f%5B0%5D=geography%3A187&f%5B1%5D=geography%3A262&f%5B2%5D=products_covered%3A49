--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -12,131 +12,168 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -446,74 +483,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="93.12" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -545,73 +582,121 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="P2" t="s">
-        <v>28</v>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">