--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -6572,51 +6572,51 @@
       </c>
       <c r="P58" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>379</v>
       </c>
       <c r="B59" t="s">
         <v>380</v>
       </c>
       <c r="C59" t="s">
         <v>43</v>
       </c>
       <c r="D59" t="s">
         <v>381</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>33</v>
       </c>
       <c r="G59" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59">
         <v>2024</v>
       </c>
       <c r="J59" t="s">
         <v>382</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
         <v>383</v>
       </c>
       <c r="M59" t="s">
         <v>47</v>
       </c>
       <c r="N59" t="s">
         <v>38</v>
       </c>
       <c r="O59" t="s">
         <v>384</v>
       </c>