--- v0 (2025-10-10)
+++ v1 (2026-01-27)
@@ -12,524 +12,666 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -793,1211 +935,1368 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...9 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G3">
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="H3"/>
-[...15 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F4" t="s">
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
-[...64 lines deleted...]
-    <row r="6" spans="1:14">
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
         <v>2001</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>53</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2001</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2018</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>53</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
         <v>38</v>
       </c>
-      <c r="G8">
-[...2 lines deleted...]
-      <c r="H8">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-[...11 lines deleted...]
-      <c r="M8" t="s">
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2006</v>
+      </c>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>86</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
+        <v>99</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>33</v>
       </c>
-      <c r="N8" t="s">
-[...193 lines deleted...]
-        <v>2002</v>
+      <c r="G13" t="s">
+        <v>45</v>
       </c>
       <c r="H13">
         <v>2002</v>
       </c>
-      <c r="I13" t="s">
-        <v>68</v>
+      <c r="I13">
+        <v>2002</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="K13" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="M13" t="s">
+        <v>89</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>33</v>
       </c>
-      <c r="N13" t="s">
-[...19 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>1999</v>
+      </c>
+      <c r="I14">
+        <v>2009</v>
+      </c>
+      <c r="J14" t="s">
+        <v>87</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>89</v>
+      </c>
+      <c r="N14" t="s">
         <v>38</v>
       </c>
-      <c r="G14">
-[...11 lines deleted...]
-      <c r="K14" t="s">
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
         <v>85</v>
       </c>
-      <c r="L14" t="s">
-[...2 lines deleted...]
-      <c r="M14" t="s">
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>33</v>
       </c>
-      <c r="N14" t="s">
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>87</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>89</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>86</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>57</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>94</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>33</v>
       </c>
-      <c r="N15" t="s">
-[...19 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
         <v>38</v>
       </c>
-      <c r="G16">
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>137</v>
+      </c>
+      <c r="F19" t="s">
+        <v>138</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>140</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>99</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>147</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H16">
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>86</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>156</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2004</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>55</v>
+      </c>
+      <c r="F24" t="s">
+        <v>94</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2006</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>182</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>182</v>
+      </c>
+      <c r="D26" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="I16" t="s">
-[...34 lines deleted...]
-      <c r="F17" t="s">
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>57</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
         <v>38</v>
       </c>
-      <c r="G17">
-[...397 lines deleted...]
-        <v>144</v>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>