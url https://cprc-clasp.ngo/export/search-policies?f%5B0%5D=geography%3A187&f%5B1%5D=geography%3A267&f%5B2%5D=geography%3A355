--- v0 (2025-11-10)
+++ v1 (2026-01-28)
@@ -4716,51 +4716,51 @@
       </c>
       <c r="P55" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>358</v>
       </c>
       <c r="B56" t="s">
         <v>359</v>
       </c>
       <c r="C56" t="s">
         <v>31</v>
       </c>
       <c r="D56" t="s">
         <v>360</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>49</v>
       </c>
       <c r="G56" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56">
         <v>2024</v>
       </c>
       <c r="J56" t="s">
         <v>361</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>362</v>
       </c>
       <c r="M56" t="s">
         <v>36</v>
       </c>
       <c r="N56" t="s">
         <v>37</v>
       </c>
       <c r="O56" t="s">
         <v>363</v>
       </c>