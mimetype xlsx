--- v0 (2025-11-10)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1118">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2848,50 +2848,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -3012,50 +3015,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -3919,51 +3925,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -11375,2357 +11381,2357 @@
       </c>
       <c r="P153" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
         <v>879</v>
       </c>
       <c r="B154" t="s">
         <v>880</v>
       </c>
       <c r="C154" t="s">
         <v>31</v>
       </c>
       <c r="D154" t="s">
         <v>582</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>504</v>
       </c>
       <c r="G154" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="H154">
         <v>2004</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="M154" t="s">
         <v>867</v>
       </c>
       <c r="N154" t="s">
         <v>39</v>
       </c>
       <c r="O154" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="P154" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B155" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C155" t="s">
         <v>31</v>
       </c>
       <c r="D155" t="s">
         <v>582</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>114</v>
       </c>
       <c r="G155" t="s">
         <v>35</v>
       </c>
       <c r="H155">
         <v>2004</v>
       </c>
       <c r="I155">
         <v>2021</v>
       </c>
       <c r="J155" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
         <v>867</v>
       </c>
       <c r="N155" t="s">
         <v>39</v>
       </c>
       <c r="O155" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="P155" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B156" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C156" t="s">
         <v>31</v>
       </c>
       <c r="D156" t="s">
         <v>402</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>504</v>
       </c>
       <c r="G156" t="s">
         <v>35</v>
       </c>
       <c r="H156">
         <v>1978</v>
       </c>
       <c r="I156">
         <v>2017</v>
       </c>
       <c r="J156" t="s">
         <v>45</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
         <v>867</v>
       </c>
       <c r="N156" t="s">
         <v>39</v>
       </c>
       <c r="O156" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="P156" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B157" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C157" t="s">
         <v>31</v>
       </c>
       <c r="D157" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="E157" t="s">
         <v>33</v>
       </c>
       <c r="F157" t="s">
         <v>504</v>
       </c>
       <c r="G157" t="s">
         <v>81</v>
       </c>
       <c r="H157">
         <v>2013</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
         <v>411</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
         <v>867</v>
       </c>
       <c r="N157" t="s">
         <v>39</v>
       </c>
       <c r="O157" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="P157" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B158" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C158" t="s">
         <v>31</v>
       </c>
       <c r="D158" t="s">
         <v>498</v>
       </c>
       <c r="E158" t="s">
         <v>33</v>
       </c>
       <c r="F158" t="s">
         <v>504</v>
       </c>
       <c r="G158" t="s">
         <v>81</v>
       </c>
       <c r="H158">
         <v>2014</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>411</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
         <v>867</v>
       </c>
       <c r="N158" t="s">
         <v>39</v>
       </c>
       <c r="O158" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="P158" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B159" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C159" t="s">
         <v>31</v>
       </c>
       <c r="D159" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="E159" t="s">
         <v>33</v>
       </c>
       <c r="F159" t="s">
         <v>504</v>
       </c>
       <c r="G159" t="s">
         <v>35</v>
       </c>
       <c r="H159">
         <v>2007</v>
       </c>
       <c r="I159">
         <v>2014</v>
       </c>
       <c r="J159" t="s">
         <v>411</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>867</v>
       </c>
       <c r="N159" t="s">
         <v>39</v>
       </c>
       <c r="O159" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="P159" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B160" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C160" t="s">
         <v>31</v>
       </c>
       <c r="D160" t="s">
         <v>498</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>504</v>
       </c>
       <c r="G160" t="s">
         <v>81</v>
       </c>
       <c r="H160">
         <v>2017</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
         <v>411</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>867</v>
       </c>
       <c r="N160" t="s">
         <v>39</v>
       </c>
       <c r="O160" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="P160" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B161" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C161" t="s">
         <v>31</v>
       </c>
       <c r="D161" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E161" t="s">
         <v>33</v>
       </c>
       <c r="F161" t="s">
         <v>504</v>
       </c>
       <c r="G161" t="s">
         <v>81</v>
       </c>
       <c r="H161">
         <v>2012</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>411</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>867</v>
       </c>
       <c r="N161" t="s">
         <v>39</v>
       </c>
       <c r="O161" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="P161" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B162" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C162" t="s">
         <v>31</v>
       </c>
       <c r="D162" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="E162" t="s">
         <v>33</v>
       </c>
       <c r="F162" t="s">
         <v>504</v>
       </c>
       <c r="G162" t="s">
         <v>81</v>
       </c>
       <c r="H162">
         <v>2013</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>45</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
         <v>867</v>
       </c>
       <c r="N162" t="s">
         <v>39</v>
       </c>
       <c r="O162" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="P162" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B163" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C163" t="s">
         <v>31</v>
       </c>
       <c r="D163" t="s">
         <v>609</v>
       </c>
       <c r="E163" t="s">
         <v>33</v>
       </c>
       <c r="F163" t="s">
         <v>504</v>
       </c>
       <c r="G163" t="s">
         <v>81</v>
       </c>
       <c r="H163">
         <v>2013</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>411</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
         <v>867</v>
       </c>
       <c r="N163" t="s">
         <v>39</v>
       </c>
       <c r="O163" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="P163" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B164" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C164" t="s">
         <v>31</v>
       </c>
       <c r="D164" t="s">
         <v>513</v>
       </c>
       <c r="E164" t="s">
         <v>33</v>
       </c>
       <c r="F164" t="s">
         <v>504</v>
       </c>
       <c r="G164" t="s">
         <v>81</v>
       </c>
       <c r="H164">
         <v>2013</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>411</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
         <v>867</v>
       </c>
       <c r="N164" t="s">
         <v>39</v>
       </c>
       <c r="O164" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="P164" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B165" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C165" t="s">
         <v>31</v>
       </c>
       <c r="D165" t="s">
         <v>551</v>
       </c>
       <c r="E165" t="s">
         <v>33</v>
       </c>
       <c r="F165" t="s">
         <v>504</v>
       </c>
       <c r="G165" t="s">
         <v>81</v>
       </c>
       <c r="H165">
         <v>2013</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>411</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
         <v>867</v>
       </c>
       <c r="N165" t="s">
         <v>39</v>
       </c>
       <c r="O165" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="P165" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B166" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C166" t="s">
         <v>31</v>
       </c>
       <c r="D166" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E166" t="s">
         <v>33</v>
       </c>
       <c r="F166" t="s">
         <v>504</v>
       </c>
       <c r="G166" t="s">
-        <v>81</v>
+        <v>937</v>
       </c>
       <c r="H166">
         <v>2014</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
         <v>867</v>
       </c>
       <c r="N166" t="s">
         <v>39</v>
       </c>
       <c r="O166" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="P166" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B167" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C167" t="s">
         <v>31</v>
       </c>
       <c r="D167" t="s">
         <v>56</v>
       </c>
       <c r="E167" t="s">
         <v>33</v>
       </c>
       <c r="F167" t="s">
         <v>504</v>
       </c>
       <c r="G167" t="s">
         <v>35</v>
       </c>
       <c r="H167">
         <v>2014</v>
       </c>
       <c r="I167">
         <v>2024</v>
       </c>
       <c r="J167" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
         <v>867</v>
       </c>
       <c r="N167" t="s">
         <v>39</v>
       </c>
       <c r="O167" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="P167" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B168" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C168" t="s">
         <v>31</v>
       </c>
       <c r="D168" t="s">
         <v>577</v>
       </c>
       <c r="E168" t="s">
         <v>33</v>
       </c>
       <c r="F168" t="s">
         <v>504</v>
       </c>
       <c r="G168" t="s">
         <v>81</v>
       </c>
       <c r="H168">
         <v>2014</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
         <v>411</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
         <v>867</v>
       </c>
       <c r="N168" t="s">
         <v>39</v>
       </c>
       <c r="O168" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="P168" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B169" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C169" t="s">
         <v>31</v>
       </c>
       <c r="D169" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="E169" t="s">
         <v>33</v>
       </c>
       <c r="F169" t="s">
         <v>504</v>
       </c>
       <c r="G169" t="s">
         <v>81</v>
       </c>
       <c r="H169">
         <v>2016</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>411</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
         <v>867</v>
       </c>
       <c r="N169" t="s">
         <v>39</v>
       </c>
       <c r="O169" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="P169" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="B170" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C170" t="s">
         <v>31</v>
       </c>
       <c r="D170" t="s">
         <v>568</v>
       </c>
       <c r="E170" t="s">
         <v>33</v>
       </c>
       <c r="F170" t="s">
         <v>504</v>
       </c>
       <c r="G170" t="s">
         <v>81</v>
       </c>
       <c r="H170">
         <v>2016</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>411</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
         <v>867</v>
       </c>
       <c r="N170" t="s">
         <v>39</v>
       </c>
       <c r="O170" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="P170" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B171" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C171" t="s">
         <v>31</v>
       </c>
       <c r="D171" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="E171" t="s">
         <v>33</v>
       </c>
       <c r="F171" t="s">
         <v>504</v>
       </c>
       <c r="G171" t="s">
         <v>81</v>
       </c>
       <c r="H171">
         <v>2016</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>411</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
         <v>867</v>
       </c>
       <c r="N171" t="s">
         <v>39</v>
       </c>
       <c r="O171" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="P171" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B172" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C172" t="s">
         <v>31</v>
       </c>
       <c r="D172" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="E172" t="s">
         <v>557</v>
       </c>
       <c r="F172" t="s">
         <v>504</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172"/>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>45</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
         <v>876</v>
       </c>
       <c r="N172" t="s">
         <v>39</v>
       </c>
       <c r="O172" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="P172" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="B173" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C173" t="s">
         <v>31</v>
       </c>
       <c r="D173" t="s">
         <v>418</v>
       </c>
       <c r="E173" t="s">
         <v>33</v>
       </c>
       <c r="F173" t="s">
         <v>504</v>
       </c>
       <c r="G173" t="s">
         <v>81</v>
       </c>
       <c r="H173">
         <v>2007</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>411</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>867</v>
       </c>
       <c r="N173" t="s">
         <v>39</v>
       </c>
       <c r="O173" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="P173" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B174" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C174" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D174" t="s">
         <v>208</v>
       </c>
       <c r="E174" t="s">
         <v>33</v>
       </c>
       <c r="F174" t="s">
         <v>504</v>
       </c>
       <c r="G174" t="s">
         <v>81</v>
       </c>
       <c r="H174">
         <v>2021</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>45</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="M174" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N174" t="s">
         <v>39</v>
       </c>
       <c r="O174" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="P174"/>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="B175" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C175" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D175" t="s">
         <v>131</v>
       </c>
       <c r="E175" t="s">
         <v>33</v>
       </c>
       <c r="F175" t="s">
         <v>34</v>
       </c>
       <c r="G175" t="s">
         <v>35</v>
       </c>
       <c r="H175">
         <v>2002</v>
       </c>
       <c r="I175">
         <v>2015</v>
       </c>
       <c r="J175" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K175" t="s">
         <v>132</v>
       </c>
       <c r="L175" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="M175" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N175" t="s">
         <v>39</v>
       </c>
       <c r="O175" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="P175" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B176" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C176" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D176" t="s">
         <v>131</v>
       </c>
       <c r="E176" t="s">
         <v>33</v>
       </c>
       <c r="F176" t="s">
         <v>504</v>
       </c>
       <c r="G176" t="s">
         <v>35</v>
       </c>
       <c r="H176">
         <v>2013</v>
       </c>
       <c r="I176">
         <v>2015</v>
       </c>
       <c r="J176" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K176" t="s">
         <v>132</v>
       </c>
       <c r="L176" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="M176" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N176" t="s">
         <v>39</v>
       </c>
       <c r="O176" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="P176" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="B177" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C177" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D177" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="E177" t="s">
         <v>33</v>
       </c>
       <c r="F177" t="s">
         <v>34</v>
       </c>
       <c r="G177" t="s">
         <v>81</v>
       </c>
       <c r="H177">
         <v>2006</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="M177" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N177" t="s">
         <v>39</v>
       </c>
       <c r="O177" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="P177" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="B178" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="C178" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D178" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>34</v>
       </c>
       <c r="G178" t="s">
         <v>35</v>
       </c>
       <c r="H178">
         <v>2011</v>
       </c>
       <c r="I178">
         <v>2014</v>
       </c>
       <c r="J178" t="s">
         <v>45</v>
       </c>
       <c r="K178" t="s">
         <v>132</v>
       </c>
       <c r="L178" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="M178" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N178" t="s">
         <v>39</v>
       </c>
       <c r="O178" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="P178" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="B179" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C179" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D179" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="E179" t="s">
         <v>33</v>
       </c>
       <c r="F179" t="s">
         <v>504</v>
       </c>
       <c r="G179" t="s">
         <v>35</v>
       </c>
       <c r="H179">
         <v>2015</v>
       </c>
       <c r="I179">
         <v>2017</v>
       </c>
       <c r="J179" t="s">
         <v>45</v>
       </c>
       <c r="K179" t="s">
         <v>132</v>
       </c>
       <c r="L179" t="s">
+        <v>1000</v>
+      </c>
+      <c r="M179" t="s">
+        <v>975</v>
+      </c>
+      <c r="N179" t="s">
+        <v>39</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P179" t="s">
         <v>998</v>
-      </c>
-[...10 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="B180" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C180" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D180" t="s">
         <v>797</v>
       </c>
       <c r="E180" t="s">
         <v>33</v>
       </c>
       <c r="F180" t="s">
         <v>504</v>
       </c>
       <c r="G180" t="s">
         <v>81</v>
       </c>
       <c r="H180">
         <v>2015</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>45</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="M180" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N180" t="s">
         <v>39</v>
       </c>
       <c r="O180" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="P180" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B181" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C181" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D181" t="s">
         <v>797</v>
       </c>
       <c r="E181" t="s">
         <v>33</v>
       </c>
       <c r="F181" t="s">
         <v>34</v>
       </c>
       <c r="G181" t="s">
         <v>81</v>
       </c>
       <c r="H181">
         <v>2015</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="M181" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N181" t="s">
         <v>39</v>
       </c>
       <c r="O181" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="P181" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B182" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C182" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D182" t="s">
         <v>322</v>
       </c>
       <c r="E182" t="s">
         <v>33</v>
       </c>
       <c r="F182" t="s">
         <v>504</v>
       </c>
       <c r="G182" t="s">
         <v>35</v>
       </c>
       <c r="H182">
         <v>2011</v>
       </c>
       <c r="I182">
         <v>2021</v>
       </c>
       <c r="J182" t="s">
         <v>45</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="M182" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N182" t="s">
         <v>39</v>
       </c>
       <c r="O182" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="P182" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="B183" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="C183" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D183" t="s">
         <v>189</v>
       </c>
       <c r="E183" t="s">
         <v>33</v>
       </c>
       <c r="F183" t="s">
         <v>34</v>
       </c>
       <c r="G183" t="s">
         <v>35</v>
       </c>
       <c r="H183">
         <v>2002</v>
       </c>
       <c r="I183">
         <v>2021</v>
       </c>
       <c r="J183" t="s">
         <v>45</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="M183" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N183" t="s">
         <v>39</v>
       </c>
       <c r="O183" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="P183" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B184" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C184" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D184" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="E184" t="s">
         <v>33</v>
       </c>
       <c r="F184" t="s">
         <v>34</v>
       </c>
       <c r="G184" t="s">
         <v>81</v>
       </c>
       <c r="H184">
         <v>2021</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>45</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="M184" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N184" t="s">
         <v>39</v>
       </c>
       <c r="O184" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="P184" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="B185" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C185" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D185" t="s">
         <v>244</v>
       </c>
       <c r="E185" t="s">
         <v>33</v>
       </c>
       <c r="F185" t="s">
         <v>34</v>
       </c>
       <c r="G185" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="H185">
         <v>2021</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>45</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="M185" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N185" t="s">
         <v>39</v>
       </c>
       <c r="O185" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="P185" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="B186" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C186" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D186" t="s">
         <v>94</v>
       </c>
       <c r="E186" t="s">
         <v>33</v>
       </c>
       <c r="F186" t="s">
         <v>504</v>
       </c>
       <c r="G186" t="s">
         <v>35</v>
       </c>
       <c r="H186">
         <v>2011</v>
       </c>
       <c r="I186">
         <v>2021</v>
       </c>
       <c r="J186" t="s">
         <v>45</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="M186" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N186" t="s">
         <v>39</v>
       </c>
       <c r="O186" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="P186" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="B187" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="C187" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D187" t="s">
         <v>189</v>
       </c>
       <c r="E187" t="s">
         <v>33</v>
       </c>
       <c r="F187" t="s">
         <v>504</v>
       </c>
       <c r="G187" t="s">
         <v>35</v>
       </c>
       <c r="H187">
         <v>2011</v>
       </c>
       <c r="I187">
         <v>2021</v>
       </c>
       <c r="J187" t="s">
         <v>45</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="M187" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N187" t="s">
         <v>39</v>
       </c>
       <c r="O187" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="P187" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B188" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C188" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D188" t="s">
         <v>74</v>
       </c>
       <c r="E188" t="s">
         <v>33</v>
       </c>
       <c r="F188" t="s">
         <v>504</v>
       </c>
       <c r="G188" t="s">
         <v>81</v>
       </c>
       <c r="H188">
         <v>2021</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>45</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="M188" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N188" t="s">
         <v>39</v>
       </c>
       <c r="O188" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="P188" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B189" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C189" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D189" t="s">
         <v>244</v>
       </c>
       <c r="E189" t="s">
         <v>33</v>
       </c>
       <c r="F189" t="s">
         <v>473</v>
       </c>
       <c r="G189" t="s">
         <v>81</v>
       </c>
       <c r="H189">
         <v>2021</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>45</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="M189" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N189" t="s">
         <v>39</v>
       </c>
       <c r="O189" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="P189" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B190" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="C190" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D190" t="s">
         <v>322</v>
       </c>
       <c r="E190" t="s">
         <v>33</v>
       </c>
       <c r="F190" t="s">
         <v>34</v>
       </c>
       <c r="G190" t="s">
         <v>35</v>
       </c>
       <c r="H190">
         <v>2002</v>
       </c>
       <c r="I190">
         <v>2021</v>
       </c>
       <c r="J190" t="s">
         <v>45</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="M190" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N190" t="s">
         <v>39</v>
       </c>
       <c r="O190" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="P190" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B191" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C191" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D191" t="s">
         <v>94</v>
       </c>
       <c r="E191" t="s">
         <v>33</v>
       </c>
       <c r="F191" t="s">
         <v>34</v>
       </c>
       <c r="G191" t="s">
         <v>35</v>
       </c>
       <c r="H191">
         <v>2002</v>
       </c>
       <c r="I191">
         <v>2021</v>
       </c>
       <c r="J191" t="s">
         <v>45</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="M191" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N191" t="s">
         <v>39</v>
       </c>
       <c r="O191" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="P191" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B192" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C192" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D192" t="s">
         <v>62</v>
       </c>
       <c r="E192" t="s">
         <v>33</v>
       </c>
       <c r="F192" t="s">
         <v>34</v>
       </c>
       <c r="G192" t="s">
         <v>35</v>
       </c>
       <c r="H192">
         <v>2002</v>
       </c>
       <c r="I192">
         <v>2021</v>
       </c>
       <c r="J192" t="s">
         <v>45</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="M192" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N192" t="s">
         <v>39</v>
       </c>
       <c r="O192" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="P192" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B193" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C193" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D193" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="E193" t="s">
         <v>33</v>
       </c>
       <c r="F193" t="s">
         <v>504</v>
       </c>
       <c r="G193" t="s">
         <v>81</v>
       </c>
       <c r="H193">
         <v>2021</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
         <v>45</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="M193" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N193" t="s">
         <v>39</v>
       </c>
       <c r="O193" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="P193"/>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B194" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C194" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D194" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="E194" t="s">
         <v>33</v>
       </c>
       <c r="F194" t="s">
         <v>504</v>
       </c>
       <c r="G194" t="s">
         <v>81</v>
       </c>
       <c r="H194">
         <v>2021</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
         <v>45</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="M194" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N194" t="s">
         <v>39</v>
       </c>
       <c r="O194" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="P194"/>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B195" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C195" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>182</v>
       </c>
       <c r="E195" t="s">
         <v>33</v>
       </c>
       <c r="F195" t="s">
         <v>34</v>
       </c>
       <c r="G195" t="s">
         <v>81</v>
       </c>
       <c r="H195">
         <v>2022</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>45</v>
       </c>
       <c r="K195" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="L195" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="M195" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N195" t="s">
         <v>39</v>
       </c>
       <c r="O195" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="P195" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="B196" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="C196" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D196" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="E196" t="s">
         <v>33</v>
       </c>
       <c r="F196" t="s">
         <v>34</v>
       </c>
       <c r="G196" t="s">
         <v>81</v>
       </c>
       <c r="H196">
         <v>2022</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>45</v>
       </c>
       <c r="K196" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N196" t="s">
         <v>39</v>
       </c>
       <c r="O196" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="P196" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="B197" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C197" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D197" t="s">
         <v>182</v>
       </c>
       <c r="E197" t="s">
         <v>33</v>
       </c>
       <c r="F197" t="s">
         <v>504</v>
       </c>
       <c r="G197" t="s">
         <v>81</v>
       </c>
       <c r="H197">
         <v>2022</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>45</v>
       </c>
       <c r="K197" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="L197" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="M197" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N197" t="s">
         <v>39</v>
       </c>
       <c r="O197" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="P197" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B198" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C198" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D198" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="E198" t="s">
         <v>33</v>
       </c>
       <c r="F198" t="s">
         <v>504</v>
       </c>
       <c r="G198" t="s">
         <v>81</v>
       </c>
       <c r="H198">
         <v>2022</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
         <v>45</v>
       </c>
       <c r="K198" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="L198" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="M198" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N198" t="s">
         <v>39</v>
       </c>
       <c r="O198" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="P198" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B199" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="C199" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D199" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="E199" t="s">
         <v>33</v>
       </c>
       <c r="F199" t="s">
         <v>504</v>
       </c>
       <c r="G199" t="s">
         <v>81</v>
       </c>
       <c r="H199">
         <v>2022</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
         <v>45</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="M199" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N199" t="s">
         <v>39</v>
       </c>
       <c r="O199" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="P199" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="B200" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C200" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D200" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="E200" t="s">
         <v>33</v>
       </c>
       <c r="F200" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="G200" t="s">
         <v>81</v>
       </c>
       <c r="H200">
         <v>2008</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K200" t="s">
         <v>183</v>
       </c>
       <c r="L200" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="M200" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N200" t="s">
         <v>39</v>
       </c>
       <c r="O200" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="P200" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B201" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="C201" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D201" t="s">
         <v>88</v>
       </c>
       <c r="E201" t="s">
         <v>33</v>
       </c>
       <c r="F201" t="s">
         <v>34</v>
       </c>
       <c r="G201" t="s">
         <v>35</v>
       </c>
       <c r="H201">
         <v>2012</v>
       </c>
       <c r="I201">
         <v>2015</v>
       </c>
       <c r="J201" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="M201" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N201" t="s">
         <v>39</v>
       </c>
       <c r="O201" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="P201" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B202" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C202" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D202" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="E202" t="s">
         <v>33</v>
       </c>
       <c r="F202" t="s">
         <v>504</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202"/>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="N202" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="O202" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="P202"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>