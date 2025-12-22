--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="650">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="652">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1461,50 +1461,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
@@ -1537,50 +1540,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -6112,1912 +6118,1912 @@
       </c>
       <c r="P75" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>460</v>
       </c>
       <c r="B76" t="s">
         <v>461</v>
       </c>
       <c r="C76" t="s">
         <v>31</v>
       </c>
       <c r="D76" t="s">
         <v>128</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>33</v>
       </c>
       <c r="G76" t="s">
-        <v>51</v>
+        <v>462</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
       <c r="I76">
         <v>2019</v>
       </c>
       <c r="J76" t="s">
         <v>52</v>
       </c>
       <c r="K76" t="s">
         <v>129</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>36</v>
       </c>
       <c r="N76" t="s">
         <v>37</v>
       </c>
       <c r="O76" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P76" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B77" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C77" t="s">
         <v>31</v>
       </c>
       <c r="D77" t="s">
         <v>128</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>33</v>
       </c>
       <c r="G77" t="s">
         <v>51</v>
       </c>
       <c r="H77">
         <v>2010</v>
       </c>
       <c r="I77">
         <v>2019</v>
       </c>
       <c r="J77" t="s">
         <v>367</v>
       </c>
       <c r="K77" t="s">
         <v>129</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>36</v>
       </c>
       <c r="N77" t="s">
         <v>393</v>
       </c>
       <c r="O77" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="P77" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B78" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C78" t="s">
         <v>31</v>
       </c>
       <c r="D78" t="s">
         <v>191</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>33</v>
       </c>
       <c r="G78" t="s">
         <v>51</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78">
         <v>2015</v>
       </c>
       <c r="J78" t="s">
         <v>52</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M78" t="s">
         <v>36</v>
       </c>
       <c r="N78" t="s">
         <v>37</v>
       </c>
       <c r="O78" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="P78" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B79" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C79" t="s">
         <v>31</v>
       </c>
       <c r="D79" t="s">
         <v>208</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>33</v>
       </c>
       <c r="G79" t="s">
         <v>51</v>
       </c>
       <c r="H79">
         <v>2012</v>
       </c>
       <c r="I79">
         <v>2015</v>
       </c>
       <c r="J79" t="s">
         <v>52</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M79" t="s">
         <v>36</v>
       </c>
       <c r="N79" t="s">
         <v>37</v>
       </c>
       <c r="O79" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="P79" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B80" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C80" t="s">
         <v>31</v>
       </c>
       <c r="D80" t="s">
         <v>208</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>33</v>
       </c>
       <c r="G80" t="s">
         <v>34</v>
       </c>
       <c r="H80">
         <v>2012</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>52</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M80" t="s">
         <v>36</v>
       </c>
       <c r="N80" t="s">
         <v>37</v>
       </c>
       <c r="O80" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="P80" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B81" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C81" t="s">
         <v>31</v>
       </c>
       <c r="D81" t="s">
         <v>320</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>33</v>
       </c>
       <c r="G81" t="s">
         <v>51</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
       <c r="I81">
         <v>2021</v>
       </c>
       <c r="J81" t="s">
         <v>367</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>36</v>
       </c>
       <c r="N81" t="s">
         <v>37</v>
       </c>
       <c r="O81" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P81" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B82" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C82" t="s">
         <v>31</v>
       </c>
       <c r="D82" t="s">
         <v>320</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>33</v>
       </c>
       <c r="G82" t="s">
-        <v>51</v>
+        <v>487</v>
       </c>
       <c r="H82">
         <v>2012</v>
       </c>
       <c r="I82">
         <v>2015</v>
       </c>
       <c r="J82" t="s">
         <v>35</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
         <v>36</v>
       </c>
       <c r="N82" t="s">
         <v>37</v>
       </c>
       <c r="O82" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="P82" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B83" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C83" t="s">
         <v>31</v>
       </c>
       <c r="D83" t="s">
         <v>320</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>33</v>
       </c>
       <c r="G83" t="s">
         <v>34</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>52</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
         <v>36</v>
       </c>
       <c r="N83" t="s">
         <v>37</v>
       </c>
       <c r="O83" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="P83" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B84" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C84" t="s">
         <v>31</v>
       </c>
       <c r="D84" t="s">
         <v>372</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>33</v>
       </c>
       <c r="G84" t="s">
         <v>381</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>52</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="M84" t="s">
         <v>36</v>
       </c>
       <c r="N84" t="s">
         <v>393</v>
       </c>
       <c r="O84" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="P84" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B85" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C85" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D85" t="s">
         <v>154</v>
       </c>
       <c r="E85" t="s">
         <v>69</v>
       </c>
       <c r="F85" t="s">
         <v>33</v>
       </c>
       <c r="G85" t="s">
         <v>34</v>
       </c>
       <c r="H85">
         <v>2021</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="M85" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N85" t="s">
         <v>37</v>
       </c>
       <c r="O85" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="P85"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B86" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C86" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D86" t="s">
         <v>76</v>
       </c>
       <c r="E86" t="s">
         <v>69</v>
       </c>
       <c r="F86" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G86" t="s">
         <v>51</v>
       </c>
       <c r="H86">
         <v>2002</v>
       </c>
       <c r="I86">
         <v>2015</v>
       </c>
       <c r="J86" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K86" t="s">
         <v>77</v>
       </c>
       <c r="L86" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M86" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N86" t="s">
         <v>37</v>
       </c>
       <c r="O86" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="P86" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B87" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C87" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D87" t="s">
         <v>76</v>
       </c>
       <c r="E87" t="s">
         <v>69</v>
       </c>
       <c r="F87" t="s">
         <v>33</v>
       </c>
       <c r="G87" t="s">
         <v>51</v>
       </c>
       <c r="H87">
         <v>2013</v>
       </c>
       <c r="I87">
         <v>2015</v>
       </c>
       <c r="J87" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K87" t="s">
         <v>77</v>
       </c>
       <c r="L87" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="M87" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N87" t="s">
         <v>37</v>
       </c>
       <c r="O87" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="P87" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B88" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C88" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D88" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="E88" t="s">
         <v>69</v>
       </c>
       <c r="F88" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G88" t="s">
         <v>34</v>
       </c>
       <c r="H88">
         <v>2006</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="M88" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N88" t="s">
         <v>37</v>
       </c>
       <c r="O88" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="P88" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B89" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C89" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D89" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G89" t="s">
         <v>51</v>
       </c>
       <c r="H89">
         <v>2011</v>
       </c>
       <c r="I89">
         <v>2014</v>
       </c>
       <c r="J89" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K89" t="s">
         <v>77</v>
       </c>
       <c r="L89" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="M89" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N89" t="s">
         <v>37</v>
       </c>
       <c r="O89" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="P89" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B90" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C90" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D90" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="E90" t="s">
         <v>69</v>
       </c>
       <c r="F90" t="s">
         <v>33</v>
       </c>
       <c r="G90" t="s">
         <v>51</v>
       </c>
       <c r="H90">
         <v>2015</v>
       </c>
       <c r="I90">
         <v>2017</v>
       </c>
       <c r="J90" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K90" t="s">
         <v>77</v>
       </c>
       <c r="L90" t="s">
+        <v>530</v>
+      </c>
+      <c r="M90" t="s">
+        <v>504</v>
+      </c>
+      <c r="N90" t="s">
+        <v>37</v>
+      </c>
+      <c r="O90" t="s">
+        <v>531</v>
+      </c>
+      <c r="P90" t="s">
         <v>528</v>
-      </c>
-[...10 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B91" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C91" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D91" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E91" t="s">
         <v>69</v>
       </c>
       <c r="F91" t="s">
         <v>33</v>
       </c>
       <c r="G91" t="s">
         <v>34</v>
       </c>
       <c r="H91">
         <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="M91" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N91" t="s">
         <v>37</v>
       </c>
       <c r="O91" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="P91" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B92" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C92" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D92" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E92" t="s">
         <v>69</v>
       </c>
       <c r="F92" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G92" t="s">
         <v>34</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="M92" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N92" t="s">
         <v>37</v>
       </c>
       <c r="O92" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="P92" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B93" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C93" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D93" t="s">
         <v>268</v>
       </c>
       <c r="E93" t="s">
         <v>69</v>
       </c>
       <c r="F93" t="s">
         <v>33</v>
       </c>
       <c r="G93" t="s">
         <v>51</v>
       </c>
       <c r="H93">
         <v>2011</v>
       </c>
       <c r="I93">
         <v>2021</v>
       </c>
       <c r="J93" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="M93" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N93" t="s">
         <v>37</v>
       </c>
       <c r="O93" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="P93" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B94" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C94" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D94" t="s">
         <v>135</v>
       </c>
       <c r="E94" t="s">
         <v>69</v>
       </c>
       <c r="F94" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G94" t="s">
         <v>51</v>
       </c>
       <c r="H94">
         <v>2002</v>
       </c>
       <c r="I94">
         <v>2021</v>
       </c>
       <c r="J94" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="M94" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N94" t="s">
         <v>37</v>
       </c>
       <c r="O94" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="P94" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B95" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C95" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D95" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="E95" t="s">
         <v>69</v>
       </c>
       <c r="F95" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G95" t="s">
         <v>34</v>
       </c>
       <c r="H95">
         <v>2021</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="M95" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N95" t="s">
         <v>37</v>
       </c>
       <c r="O95" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="P95" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B96" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C96" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D96" t="s">
         <v>191</v>
       </c>
       <c r="E96" t="s">
         <v>69</v>
       </c>
       <c r="F96" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G96" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H96">
         <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="M96" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N96" t="s">
         <v>37</v>
       </c>
       <c r="O96" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="P96" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B97" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C97" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D97" t="s">
         <v>83</v>
       </c>
       <c r="E97" t="s">
         <v>69</v>
       </c>
       <c r="F97" t="s">
         <v>33</v>
       </c>
       <c r="G97" t="s">
         <v>51</v>
       </c>
       <c r="H97">
         <v>2011</v>
       </c>
       <c r="I97">
         <v>2021</v>
       </c>
       <c r="J97" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="M97" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N97" t="s">
         <v>37</v>
       </c>
       <c r="O97" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="P97" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B98" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C98" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D98" t="s">
         <v>135</v>
       </c>
       <c r="E98" t="s">
         <v>69</v>
       </c>
       <c r="F98" t="s">
         <v>33</v>
       </c>
       <c r="G98" t="s">
         <v>51</v>
       </c>
       <c r="H98">
         <v>2011</v>
       </c>
       <c r="I98">
         <v>2021</v>
       </c>
       <c r="J98" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="M98" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N98" t="s">
         <v>37</v>
       </c>
       <c r="O98" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="P98" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B99" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C99" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D99" t="s">
         <v>351</v>
       </c>
       <c r="E99" t="s">
         <v>69</v>
       </c>
       <c r="F99" t="s">
         <v>33</v>
       </c>
       <c r="G99" t="s">
         <v>34</v>
       </c>
       <c r="H99">
         <v>2021</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="M99" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N99" t="s">
         <v>37</v>
       </c>
       <c r="O99" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="P99" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B100" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C100" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D100" t="s">
         <v>191</v>
       </c>
       <c r="E100" t="s">
         <v>69</v>
       </c>
       <c r="F100" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="G100" t="s">
         <v>34</v>
       </c>
       <c r="H100">
         <v>2021</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="M100" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N100" t="s">
         <v>37</v>
       </c>
       <c r="O100" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="P100" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B101" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C101" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D101" t="s">
         <v>268</v>
       </c>
       <c r="E101" t="s">
         <v>69</v>
       </c>
       <c r="F101" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G101" t="s">
         <v>51</v>
       </c>
       <c r="H101">
         <v>2002</v>
       </c>
       <c r="I101">
         <v>2021</v>
       </c>
       <c r="J101" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="M101" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N101" t="s">
         <v>37</v>
       </c>
       <c r="O101" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="P101" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B102" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C102" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D102" t="s">
         <v>83</v>
       </c>
       <c r="E102" t="s">
         <v>69</v>
       </c>
       <c r="F102" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G102" t="s">
         <v>51</v>
       </c>
       <c r="H102">
         <v>2002</v>
       </c>
       <c r="I102">
         <v>2021</v>
       </c>
       <c r="J102" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="M102" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N102" t="s">
         <v>37</v>
       </c>
       <c r="O102" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="P102" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B103" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C103" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D103" t="s">
         <v>178</v>
       </c>
       <c r="E103" t="s">
         <v>69</v>
       </c>
       <c r="F103" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G103" t="s">
         <v>51</v>
       </c>
       <c r="H103">
         <v>2002</v>
       </c>
       <c r="I103">
         <v>2021</v>
       </c>
       <c r="J103" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="M103" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N103" t="s">
         <v>37</v>
       </c>
       <c r="O103" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="P103" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B104" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C104" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D104" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="E104" t="s">
         <v>69</v>
       </c>
       <c r="F104" t="s">
         <v>33</v>
       </c>
       <c r="G104" t="s">
         <v>34</v>
       </c>
       <c r="H104">
         <v>2021</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="M104" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N104" t="s">
         <v>37</v>
       </c>
       <c r="O104" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P104"/>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B105" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C105" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D105" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="E105" t="s">
         <v>69</v>
       </c>
       <c r="F105" t="s">
         <v>33</v>
       </c>
       <c r="G105" t="s">
         <v>34</v>
       </c>
       <c r="H105">
         <v>2021</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="M105" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N105" t="s">
         <v>37</v>
       </c>
       <c r="O105" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="P105"/>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B106" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C106" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D106" t="s">
         <v>128</v>
       </c>
       <c r="E106" t="s">
         <v>69</v>
       </c>
       <c r="F106" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G106" t="s">
         <v>34</v>
       </c>
       <c r="H106">
         <v>2022</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K106" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="L106" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="M106" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N106" t="s">
         <v>37</v>
       </c>
       <c r="O106" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="P106" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B107" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C107" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D107" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E107" t="s">
         <v>69</v>
       </c>
       <c r="F107" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G107" t="s">
         <v>34</v>
       </c>
       <c r="H107">
         <v>2022</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K107" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N107" t="s">
         <v>37</v>
       </c>
       <c r="O107" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="P107" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="B108" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C108" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D108" t="s">
         <v>128</v>
       </c>
       <c r="E108" t="s">
         <v>69</v>
       </c>
       <c r="F108" t="s">
         <v>33</v>
       </c>
       <c r="G108" t="s">
         <v>34</v>
       </c>
       <c r="H108">
         <v>2022</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K108" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="L108" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="M108" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N108" t="s">
         <v>37</v>
       </c>
       <c r="O108" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="P108" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B109" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C109" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D109" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E109" t="s">
         <v>69</v>
       </c>
       <c r="F109" t="s">
         <v>33</v>
       </c>
       <c r="G109" t="s">
         <v>34</v>
       </c>
       <c r="H109">
         <v>2022</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K109" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="L109" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="M109" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N109" t="s">
         <v>37</v>
       </c>
       <c r="O109" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="P109" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B110" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C110" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D110" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E110" t="s">
         <v>69</v>
       </c>
       <c r="F110" t="s">
         <v>33</v>
       </c>
       <c r="G110" t="s">
         <v>34</v>
       </c>
       <c r="H110">
         <v>2022</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="M110" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N110" t="s">
         <v>37</v>
       </c>
       <c r="O110" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="P110" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B111" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C111" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D111" t="s">
         <v>429</v>
       </c>
       <c r="E111" t="s">
         <v>69</v>
       </c>
       <c r="F111" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="G111" t="s">
         <v>34</v>
       </c>
       <c r="H111">
         <v>2008</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K111" t="s">
         <v>129</v>
       </c>
       <c r="L111" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="M111" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N111" t="s">
         <v>37</v>
       </c>
       <c r="O111" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="P111" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B112" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C112" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D112" t="s">
         <v>320</v>
       </c>
       <c r="E112" t="s">
         <v>69</v>
       </c>
       <c r="F112" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G112" t="s">
         <v>51</v>
       </c>
       <c r="H112">
         <v>2012</v>
       </c>
       <c r="I112">
         <v>2015</v>
       </c>
       <c r="J112" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="M112" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N112" t="s">
         <v>37</v>
       </c>
       <c r="O112" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="P112" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B113" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C113" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D113" t="s">
         <v>452</v>
       </c>
       <c r="E113" t="s">
         <v>69</v>
       </c>
       <c r="F113" t="s">
         <v>33</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="N113" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="O113" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="P113"/>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B114" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C114" t="s">
         <v>31</v>
       </c>
       <c r="D114" t="s">
         <v>178</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>33</v>
       </c>
       <c r="G114" t="s">
         <v>51</v>
       </c>
       <c r="H114">
         <v>2011</v>
       </c>
       <c r="I114">
         <v>2013</v>
       </c>
       <c r="J114" t="s">
         <v>35</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>36</v>
       </c>
       <c r="N114" t="s">
         <v>37</v>
       </c>
       <c r="O114" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="P114" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">