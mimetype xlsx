--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -428,51 +428,51 @@
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -490,51 +490,51 @@
   <si>
     <t>https://www.legislation.gov.au/Details/F2015L01816</t>
   </si>
   <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
     <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
   </si>
   <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
@@ -2041,63 +2041,63 @@
       </c>
       <c r="L18" t="s">
         <v>150</v>
       </c>
       <c r="M18" t="s">
         <v>72</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>151</v>
       </c>
       <c r="P18" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>153</v>
       </c>
       <c r="B19" t="s">
         <v>154</v>
       </c>
       <c r="C19" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>60</v>
       </c>
       <c r="G19" t="s">
-        <v>52</v>
+        <v>155</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>156</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>157</v>
       </c>
       <c r="M19" t="s">
         <v>138</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>158</v>
       </c>
       <c r="P19" t="s">
         <v>159</v>