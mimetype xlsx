--- v0 (2025-11-30)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -495,50 +495,53 @@
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
@@ -584,72 +587,66 @@
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
@@ -1155,51 +1152,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2445,706 +2442,708 @@
       </c>
       <c r="P26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>156</v>
       </c>
       <c r="B27" t="s">
         <v>157</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>97</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>122</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>51</v>
       </c>
       <c r="K27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M27" t="s">
         <v>125</v>
       </c>
       <c r="N27" t="s">
         <v>99</v>
       </c>
       <c r="O27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>97</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>122</v>
       </c>
       <c r="G28" t="s">
         <v>8</v>
       </c>
       <c r="H28">
         <v>2019</v>
       </c>
       <c r="I28">
         <v>2025</v>
       </c>
       <c r="J28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K28" t="s">
         <v>91</v>
       </c>
       <c r="L28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N28" t="s">
         <v>99</v>
       </c>
       <c r="O28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>122</v>
       </c>
       <c r="G29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H29">
         <v>2019</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M29" t="s">
         <v>125</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>122</v>
       </c>
       <c r="G30" t="s">
         <v>8</v>
       </c>
       <c r="H30">
         <v>2019</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K30" t="s">
         <v>91</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N30" t="s">
         <v>99</v>
       </c>
       <c r="O30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>183</v>
       </c>
       <c r="E31" t="s">
         <v>41</v>
       </c>
       <c r="F31" t="s">
         <v>184</v>
       </c>
       <c r="G31" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31">
+        <v>2008</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
         <v>185</v>
-      </c>
-[...5 lines deleted...]
-        <v>186</v>
       </c>
       <c r="K31" t="s">
         <v>91</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N31" t="s">
         <v>99</v>
       </c>
       <c r="O31" t="s">
+        <v>187</v>
+      </c>
+      <c r="P31" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>189</v>
+      </c>
+      <c r="B32" t="s">
         <v>190</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>191</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E32" t="s">
         <v>41</v>
       </c>
       <c r="F32" t="s">
+        <v>193</v>
+      </c>
+      <c r="G32" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>123</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
+        <v>195</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
         <v>196</v>
       </c>
-      <c r="N32" t="s">
-[...2 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>198</v>
+      </c>
+      <c r="B33" t="s">
         <v>199</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>41</v>
       </c>
       <c r="F33" t="s">
         <v>42</v>
       </c>
       <c r="G33" t="s">
         <v>43</v>
       </c>
       <c r="H33">
         <v>2006</v>
       </c>
       <c r="I33">
         <v>2015</v>
       </c>
       <c r="J33" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>202</v>
+      </c>
+      <c r="M33" t="s">
         <v>203</v>
       </c>
-      <c r="M33" t="s">
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
         <v>204</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>206</v>
+      </c>
+      <c r="B34" t="s">
         <v>207</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D34" t="s">
         <v>32</v>
       </c>
       <c r="E34" t="s">
         <v>41</v>
       </c>
       <c r="F34" t="s">
         <v>42</v>
       </c>
       <c r="G34" t="s">
         <v>43</v>
       </c>
       <c r="H34">
         <v>2001</v>
       </c>
       <c r="I34">
         <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
+        <v>208</v>
+      </c>
+      <c r="M34" t="s">
+        <v>203</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
         <v>209</v>
       </c>
-      <c r="M34" t="s">
-[...5 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>211</v>
+      </c>
+      <c r="B35" t="s">
         <v>212</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>41</v>
       </c>
       <c r="F35" t="s">
         <v>42</v>
       </c>
       <c r="G35" t="s">
         <v>43</v>
       </c>
       <c r="H35">
         <v>1994</v>
       </c>
       <c r="I35">
         <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
+        <v>213</v>
+      </c>
+      <c r="M35" t="s">
+        <v>203</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
         <v>214</v>
       </c>
-      <c r="M35" t="s">
-[...5 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>216</v>
+      </c>
+      <c r="B36" t="s">
         <v>217</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D36" t="s">
         <v>34</v>
       </c>
       <c r="E36" t="s">
         <v>41</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
         <v>43</v>
       </c>
       <c r="H36">
         <v>1992</v>
       </c>
       <c r="I36">
         <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="M36" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>218</v>
+      </c>
+      <c r="P36" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>220</v>
+      </c>
+      <c r="B37" t="s">
         <v>221</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D37" t="s">
         <v>34</v>
       </c>
       <c r="E37" t="s">
         <v>41</v>
       </c>
       <c r="F37" t="s">
         <v>42</v>
       </c>
       <c r="G37" t="s">
         <v>43</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2017</v>
       </c>
       <c r="J37" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
+        <v>224</v>
+      </c>
+      <c r="M37" t="s">
         <v>225</v>
       </c>
-      <c r="M37" t="s">
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
         <v>226</v>
       </c>
-      <c r="N37" t="s">
-[...2 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B38" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E38" t="s">
         <v>41</v>
       </c>
       <c r="F38" t="s">
         <v>42</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>54</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
+        <v>231</v>
+      </c>
+      <c r="P38" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>233</v>
+      </c>
+      <c r="B39" t="s">
         <v>234</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>235</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E39" t="s">
         <v>41</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>43</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
+        <v>237</v>
+      </c>
+      <c r="M39" t="s">
         <v>238</v>
       </c>
-      <c r="M39" t="s">
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
         <v>239</v>
       </c>
-      <c r="N39" t="s">
-[...2 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>241</v>
+      </c>
+      <c r="B40" t="s">
         <v>242</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>191</v>
+      </c>
+      <c r="D40" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="E40" t="s">
         <v>41</v>
       </c>
       <c r="F40" t="s">
         <v>42</v>
       </c>
       <c r="G40" t="s">
         <v>43</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2017</v>
       </c>
       <c r="J40" t="s">
         <v>123</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
+        <v>244</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
         <v>245</v>
       </c>
-      <c r="N40" t="s">
-[...2 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">