--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1628">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1625">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -4036,62 +4036,50 @@
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
-  </si>
-[...10 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
@@ -4525,50 +4513,53 @@
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
@@ -5341,51 +5332,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P307"/>
+  <dimension ref="A1:P306"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -17326,3183 +17317,3135 @@
       </c>
       <c r="K243" t="s">
         <v>160</v>
       </c>
       <c r="L243" t="s">
         <v>1317</v>
       </c>
       <c r="M243" t="s">
         <v>26</v>
       </c>
       <c r="N243" t="s">
         <v>34</v>
       </c>
       <c r="O243" t="s">
         <v>1318</v>
       </c>
       <c r="P243" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
         <v>1320</v>
       </c>
       <c r="B244" t="s">
-        <v>1321</v>
+        <v>446</v>
       </c>
       <c r="C244" t="s">
         <v>18</v>
       </c>
       <c r="D244" t="s">
-        <v>650</v>
+        <v>39</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>968</v>
       </c>
       <c r="G244" t="s">
         <v>75</v>
       </c>
       <c r="H244">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I244">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="J244" t="s">
         <v>51</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>651</v>
+        <v>167</v>
       </c>
       <c r="M244" t="s">
         <v>26</v>
       </c>
       <c r="N244" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O244" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P244" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1324</v>
+        <v>1323</v>
       </c>
       <c r="B245" t="s">
-        <v>446</v>
+        <v>402</v>
       </c>
       <c r="C245" t="s">
         <v>18</v>
       </c>
       <c r="D245" t="s">
-        <v>39</v>
+        <v>220</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>968</v>
       </c>
       <c r="G245" t="s">
         <v>75</v>
       </c>
       <c r="H245">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I245">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="J245" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
-        <v>167</v>
+        <v>1324</v>
       </c>
       <c r="M245" t="s">
-        <v>26</v>
+        <v>1244</v>
       </c>
       <c r="N245" t="s">
         <v>34</v>
       </c>
       <c r="O245" t="s">
         <v>1325</v>
       </c>
       <c r="P245" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
         <v>1327</v>
       </c>
       <c r="B246" t="s">
-        <v>402</v>
+        <v>1328</v>
       </c>
       <c r="C246" t="s">
-        <v>18</v>
+        <v>1329</v>
       </c>
       <c r="D246" t="s">
-        <v>220</v>
+        <v>1330</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>968</v>
       </c>
       <c r="G246" t="s">
         <v>75</v>
       </c>
       <c r="H246">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I246">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J246" t="s">
-        <v>23</v>
+        <v>1254</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="M246" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
       <c r="N246" t="s">
-        <v>34</v>
+        <v>1332</v>
       </c>
       <c r="O246" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="P246" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="B247" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="C247" t="s">
-        <v>1333</v>
+        <v>18</v>
       </c>
       <c r="D247" t="s">
-        <v>1334</v>
+        <v>19</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>968</v>
       </c>
       <c r="G247" t="s">
         <v>75</v>
       </c>
       <c r="H247">
         <v>2008</v>
       </c>
       <c r="I247">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="J247" t="s">
-        <v>1254</v>
+        <v>51</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
-        <v>1335</v>
+        <v>25</v>
       </c>
       <c r="M247" t="s">
-        <v>1256</v>
+        <v>26</v>
       </c>
       <c r="N247" t="s">
-        <v>1336</v>
+        <v>27</v>
       </c>
       <c r="O247" t="s">
         <v>1337</v>
       </c>
       <c r="P247" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
         <v>1339</v>
       </c>
       <c r="B248" t="s">
         <v>1340</v>
       </c>
       <c r="C248" t="s">
         <v>18</v>
       </c>
       <c r="D248" t="s">
-        <v>19</v>
+        <v>172</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>968</v>
       </c>
       <c r="G248" t="s">
         <v>75</v>
       </c>
       <c r="H248">
         <v>2008</v>
       </c>
       <c r="I248">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="J248" t="s">
         <v>51</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="M248" t="s">
         <v>26</v>
       </c>
       <c r="N248" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O248" t="s">
         <v>1341</v>
       </c>
       <c r="P248" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
         <v>1343</v>
       </c>
       <c r="B249" t="s">
         <v>1344</v>
       </c>
       <c r="C249" t="s">
         <v>18</v>
       </c>
       <c r="D249" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>968</v>
       </c>
       <c r="G249" t="s">
         <v>75</v>
       </c>
       <c r="H249">
         <v>2008</v>
       </c>
       <c r="I249">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J249" t="s">
         <v>51</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249" t="s">
-        <v>173</v>
+        <v>1345</v>
       </c>
       <c r="M249" t="s">
         <v>26</v>
       </c>
       <c r="N249" t="s">
         <v>34</v>
       </c>
       <c r="O249" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="P249" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B250" t="s">
         <v>1348</v>
       </c>
       <c r="C250" t="s">
         <v>18</v>
       </c>
       <c r="D250" t="s">
-        <v>178</v>
+        <v>282</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>968</v>
       </c>
       <c r="G250" t="s">
         <v>75</v>
       </c>
       <c r="H250">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I250">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J250" t="s">
         <v>51</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250" t="s">
-        <v>1349</v>
+        <v>283</v>
       </c>
       <c r="M250" t="s">
         <v>26</v>
       </c>
       <c r="N250" t="s">
         <v>34</v>
       </c>
       <c r="O250" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P250" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="B251" t="s">
         <v>1352</v>
       </c>
       <c r="C251" t="s">
         <v>18</v>
       </c>
       <c r="D251" t="s">
-        <v>282</v>
+        <v>366</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>968</v>
       </c>
       <c r="G251" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H251">
         <v>2010</v>
       </c>
       <c r="I251">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J251" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K251" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="L251" t="s">
-        <v>283</v>
+        <v>1353</v>
       </c>
       <c r="M251" t="s">
         <v>26</v>
       </c>
       <c r="N251" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="P251" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B252" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C252" t="s">
         <v>18</v>
       </c>
       <c r="D252" t="s">
         <v>366</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>968</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2010</v>
       </c>
-      <c r="I252">
-[...1 lines deleted...]
-      </c>
+      <c r="I252"/>
       <c r="J252" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K252" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="M252" t="s">
-        <v>26</v>
+        <v>1312</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="P252" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="B253" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C253" t="s">
         <v>18</v>
       </c>
       <c r="D253" t="s">
-        <v>366</v>
+        <v>83</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>968</v>
       </c>
       <c r="G253" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H253">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I253"/>
+        <v>1989</v>
+      </c>
+      <c r="I253">
+        <v>2016</v>
+      </c>
       <c r="J253" t="s">
         <v>51</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1362</v>
+        <v>84</v>
       </c>
       <c r="M253" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N253" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O253" t="s">
         <v>1363</v>
       </c>
       <c r="P253" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
         <v>1365</v>
       </c>
       <c r="B254" t="s">
         <v>1366</v>
       </c>
       <c r="C254" t="s">
         <v>18</v>
       </c>
       <c r="D254" t="s">
-        <v>83</v>
+        <v>1367</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>968</v>
       </c>
       <c r="G254" t="s">
         <v>75</v>
       </c>
       <c r="H254">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="I254">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J254" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
-        <v>84</v>
+        <v>1368</v>
       </c>
       <c r="M254" t="s">
-        <v>26</v>
+        <v>1244</v>
       </c>
       <c r="N254" t="s">
         <v>34</v>
       </c>
       <c r="O254" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="P254" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B255" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C255" t="s">
         <v>18</v>
       </c>
       <c r="D255" t="s">
-        <v>1371</v>
+        <v>322</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>968</v>
       </c>
       <c r="G255" t="s">
         <v>75</v>
       </c>
       <c r="H255">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I255">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J255" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="K255" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L255" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="M255" t="s">
-        <v>1244</v>
+        <v>1312</v>
       </c>
       <c r="N255" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O255" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="P255" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B256" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C256" t="s">
         <v>18</v>
       </c>
       <c r="D256" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>968</v>
       </c>
       <c r="G256" t="s">
         <v>75</v>
       </c>
       <c r="H256">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I256">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J256" t="s">
         <v>51</v>
       </c>
       <c r="K256" t="s">
         <v>312</v>
       </c>
       <c r="L256" t="s">
-        <v>1377</v>
+        <v>325</v>
       </c>
       <c r="M256" t="s">
         <v>1312</v>
       </c>
       <c r="N256" t="s">
         <v>314</v>
       </c>
       <c r="O256" t="s">
         <v>1378</v>
       </c>
       <c r="P256" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
         <v>1380</v>
       </c>
       <c r="B257" t="s">
         <v>1381</v>
       </c>
       <c r="C257" t="s">
         <v>18</v>
       </c>
       <c r="D257" t="s">
-        <v>310</v>
+        <v>109</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>968</v>
       </c>
       <c r="G257" t="s">
         <v>75</v>
       </c>
       <c r="H257">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I257">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J257" t="s">
         <v>51</v>
       </c>
       <c r="K257" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L257" t="s">
-        <v>325</v>
+        <v>110</v>
       </c>
       <c r="M257" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N257" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O257" t="s">
         <v>1382</v>
       </c>
       <c r="P257" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
         <v>1384</v>
       </c>
       <c r="B258" t="s">
         <v>1385</v>
       </c>
       <c r="C258" t="s">
         <v>18</v>
       </c>
       <c r="D258" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>968</v>
       </c>
       <c r="G258" t="s">
         <v>75</v>
       </c>
       <c r="H258">
         <v>2011</v>
       </c>
       <c r="I258">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J258" t="s">
         <v>51</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>110</v>
+        <v>248</v>
       </c>
       <c r="M258" t="s">
         <v>26</v>
       </c>
       <c r="N258" t="s">
         <v>34</v>
       </c>
       <c r="O258" t="s">
         <v>1386</v>
       </c>
       <c r="P258" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
         <v>1388</v>
       </c>
       <c r="B259" t="s">
         <v>1389</v>
       </c>
       <c r="C259" t="s">
         <v>18</v>
       </c>
       <c r="D259" t="s">
         <v>32</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>968</v>
       </c>
       <c r="G259" t="s">
         <v>75</v>
       </c>
       <c r="H259">
         <v>2011</v>
       </c>
       <c r="I259">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J259" t="s">
         <v>51</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>248</v>
+        <v>1390</v>
       </c>
       <c r="M259" t="s">
         <v>26</v>
       </c>
       <c r="N259" t="s">
         <v>34</v>
       </c>
       <c r="O259" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="P259" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B260" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C260" t="s">
         <v>18</v>
       </c>
       <c r="D260" t="s">
-        <v>32</v>
+        <v>474</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>968</v>
       </c>
       <c r="G260" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H260">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I260"/>
       <c r="J260" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="M260" t="s">
-        <v>26</v>
+        <v>1312</v>
       </c>
       <c r="N260" t="s">
         <v>34</v>
       </c>
       <c r="O260" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="P260" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B261" t="s">
-        <v>1398</v>
+        <v>235</v>
       </c>
       <c r="C261" t="s">
         <v>18</v>
       </c>
       <c r="D261" t="s">
-        <v>474</v>
+        <v>172</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>968</v>
       </c>
       <c r="G261" t="s">
-        <v>22</v>
+        <v>1242</v>
       </c>
       <c r="H261">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I261"/>
+        <v>2011</v>
+      </c>
+      <c r="I261">
+        <v>2012</v>
+      </c>
       <c r="J261" t="s">
-        <v>23</v>
+        <v>1254</v>
       </c>
       <c r="K261" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L261" t="s">
         <v>1399</v>
       </c>
       <c r="M261" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N261" t="s">
         <v>34</v>
       </c>
       <c r="O261" t="s">
         <v>1400</v>
       </c>
       <c r="P261" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
         <v>1402</v>
       </c>
       <c r="B262" t="s">
-        <v>235</v>
+        <v>1403</v>
       </c>
       <c r="C262" t="s">
         <v>18</v>
       </c>
       <c r="D262" t="s">
-        <v>172</v>
+        <v>318</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>968</v>
       </c>
       <c r="G262" t="s">
-        <v>1242</v>
+        <v>75</v>
       </c>
       <c r="H262">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I262">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J262" t="s">
-        <v>1254</v>
+        <v>51</v>
       </c>
       <c r="K262" t="s">
-        <v>236</v>
+        <v>312</v>
       </c>
       <c r="L262" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="M262" t="s">
-        <v>26</v>
+        <v>1312</v>
       </c>
       <c r="N262" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O262" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="P262" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B263" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="C263" t="s">
         <v>18</v>
       </c>
       <c r="D263" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>968</v>
       </c>
       <c r="G263" t="s">
         <v>75</v>
       </c>
       <c r="H263">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I263">
         <v>2020</v>
       </c>
       <c r="J263" t="s">
         <v>51</v>
       </c>
       <c r="K263" t="s">
         <v>312</v>
       </c>
       <c r="L263" t="s">
-        <v>1408</v>
+        <v>1373</v>
       </c>
       <c r="M263" t="s">
         <v>1312</v>
       </c>
       <c r="N263" t="s">
         <v>314</v>
       </c>
       <c r="O263" t="s">
         <v>1409</v>
       </c>
       <c r="P263" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
         <v>1411</v>
       </c>
       <c r="B264" t="s">
         <v>1412</v>
       </c>
       <c r="C264" t="s">
         <v>18</v>
       </c>
       <c r="D264" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>968</v>
       </c>
       <c r="G264" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H264">
         <v>2013</v>
       </c>
-      <c r="I264">
-[...1 lines deleted...]
-      </c>
+      <c r="I264"/>
       <c r="J264" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K264" t="s">
         <v>312</v>
       </c>
       <c r="L264" t="s">
-        <v>1377</v>
+        <v>1413</v>
       </c>
       <c r="M264" t="s">
         <v>1312</v>
       </c>
       <c r="N264" t="s">
         <v>314</v>
       </c>
       <c r="O264" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="P264" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B265" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C265" t="s">
         <v>18</v>
       </c>
       <c r="D265" t="s">
-        <v>310</v>
+        <v>242</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>968</v>
       </c>
       <c r="G265" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H265">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I265"/>
+        <v>2012</v>
+      </c>
+      <c r="I265">
+        <v>2016</v>
+      </c>
       <c r="J265" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K265" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L265" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="M265" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N265" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O265" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="P265" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B266" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="C266" t="s">
         <v>18</v>
       </c>
       <c r="D266" t="s">
-        <v>242</v>
+        <v>214</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>968</v>
       </c>
       <c r="G266" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H266">
         <v>2012</v>
       </c>
-      <c r="I266">
-[...1 lines deleted...]
-      </c>
+      <c r="I266"/>
       <c r="J266" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="M266" t="s">
-        <v>26</v>
+        <v>1312</v>
       </c>
       <c r="N266" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="P266" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B267" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C267" t="s">
         <v>18</v>
       </c>
       <c r="D267" t="s">
-        <v>214</v>
+        <v>332</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>968</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>23</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="M267" t="s">
         <v>1312</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="P267" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B268" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="C268" t="s">
         <v>18</v>
       </c>
       <c r="D268" t="s">
-        <v>332</v>
+        <v>259</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>968</v>
       </c>
       <c r="G268" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H268">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I268"/>
+        <v>2003</v>
+      </c>
+      <c r="I268">
+        <v>2013</v>
+      </c>
       <c r="J268" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="M268" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N268" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O268" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="P268" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B269" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C269" t="s">
         <v>18</v>
       </c>
       <c r="D269" t="s">
-        <v>259</v>
+        <v>1122</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>968</v>
       </c>
       <c r="G269" t="s">
         <v>75</v>
       </c>
       <c r="H269">
         <v>2003</v>
       </c>
       <c r="I269">
         <v>2013</v>
       </c>
       <c r="J269" t="s">
         <v>51</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="M269" t="s">
         <v>26</v>
       </c>
       <c r="N269" t="s">
         <v>34</v>
       </c>
       <c r="O269" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="P269" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B270" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C270" t="s">
         <v>18</v>
       </c>
       <c r="D270" t="s">
-        <v>1122</v>
+        <v>265</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>968</v>
       </c>
       <c r="G270" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H270">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I270">
         <v>2013</v>
       </c>
+      <c r="I270"/>
       <c r="J270" t="s">
         <v>51</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="M270" t="s">
         <v>26</v>
       </c>
       <c r="N270" t="s">
         <v>34</v>
       </c>
       <c r="O270" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="P270" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B271" t="s">
-        <v>1446</v>
+        <v>50</v>
       </c>
       <c r="C271" t="s">
         <v>18</v>
       </c>
       <c r="D271" t="s">
-        <v>265</v>
+        <v>68</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>968</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>2013</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271" t="s">
+        <v>52</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1312</v>
+      </c>
+      <c r="N271" t="s">
+        <v>34</v>
+      </c>
+      <c r="O271" t="s">
         <v>1447</v>
       </c>
-      <c r="M271" t="s">
-[...5 lines deleted...]
-      <c r="O271" t="s">
+      <c r="P271" t="s">
         <v>1448</v>
-      </c>
-[...1 lines deleted...]
-        <v>1449</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B272" t="s">
         <v>1450</v>
       </c>
-      <c r="B272" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C272" t="s">
         <v>18</v>
       </c>
       <c r="D272" t="s">
-        <v>68</v>
+        <v>172</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>968</v>
       </c>
       <c r="G272" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H272">
+        <v>2008</v>
+      </c>
+      <c r="I272">
         <v>2013</v>
       </c>
-      <c r="I272"/>
       <c r="J272" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272" t="s">
-        <v>52</v>
+        <v>1451</v>
       </c>
       <c r="M272" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N272" t="s">
         <v>34</v>
       </c>
       <c r="O272" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="P272" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B273" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C273" t="s">
         <v>18</v>
       </c>
       <c r="D273" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>968</v>
       </c>
       <c r="G273" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H273">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I273"/>
       <c r="J273" t="s">
         <v>51</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273" t="s">
-        <v>1455</v>
+        <v>58</v>
       </c>
       <c r="M273" t="s">
-        <v>26</v>
+        <v>1312</v>
       </c>
       <c r="N273" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O273" t="s">
         <v>1456</v>
       </c>
       <c r="P273" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
         <v>1458</v>
       </c>
       <c r="B274" t="s">
         <v>1459</v>
       </c>
       <c r="C274" t="s">
         <v>18</v>
       </c>
       <c r="D274" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>968</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
         <v>2014</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
         <v>51</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274" t="s">
-        <v>58</v>
+        <v>1460</v>
       </c>
       <c r="M274" t="s">
         <v>1312</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="P274" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B275" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C275" t="s">
         <v>18</v>
       </c>
       <c r="D275" t="s">
-        <v>57</v>
+        <v>259</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>968</v>
       </c>
       <c r="G275" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H275">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I275"/>
+        <v>2013</v>
+      </c>
+      <c r="I275">
+        <v>2020</v>
+      </c>
       <c r="J275" t="s">
         <v>51</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="M275" t="s">
-        <v>1312</v>
+        <v>26</v>
       </c>
       <c r="N275" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O275" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="P275" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B276" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="C276" t="s">
         <v>18</v>
       </c>
       <c r="D276" t="s">
-        <v>259</v>
+        <v>288</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>968</v>
       </c>
       <c r="G276" t="s">
-        <v>75</v>
+        <v>1470</v>
       </c>
       <c r="H276">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I276">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J276" t="s">
         <v>51</v>
       </c>
       <c r="K276" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="L276" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="M276" t="s">
         <v>26</v>
       </c>
       <c r="N276" t="s">
         <v>34</v>
       </c>
       <c r="O276" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="P276" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="B277" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="C277" t="s">
         <v>18</v>
       </c>
       <c r="D277" t="s">
-        <v>288</v>
+        <v>310</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>968</v>
       </c>
       <c r="G277" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H277">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I277"/>
+        <v>2014</v>
+      </c>
+      <c r="I277">
+        <v>2020</v>
+      </c>
       <c r="J277" t="s">
         <v>51</v>
       </c>
       <c r="K277" t="s">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="L277" t="s">
-        <v>1474</v>
+        <v>1404</v>
       </c>
       <c r="M277" t="s">
-        <v>26</v>
+        <v>313</v>
       </c>
       <c r="N277" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O277" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="P277" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B278" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C278" t="s">
         <v>18</v>
       </c>
       <c r="D278" t="s">
-        <v>310</v>
+        <v>1480</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>968</v>
       </c>
       <c r="G278" t="s">
-        <v>75</v>
+        <v>1242</v>
       </c>
       <c r="H278">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="I278">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J278" t="s">
-        <v>51</v>
+        <v>1254</v>
       </c>
       <c r="K278" t="s">
-        <v>312</v>
+        <v>160</v>
       </c>
       <c r="L278" t="s">
-        <v>1408</v>
+        <v>1481</v>
       </c>
       <c r="M278" t="s">
-        <v>313</v>
+        <v>26</v>
       </c>
       <c r="N278" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O278" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="P278" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="B279" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="C279" t="s">
         <v>18</v>
       </c>
       <c r="D279" t="s">
-        <v>1483</v>
+        <v>137</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>968</v>
       </c>
       <c r="G279" t="s">
         <v>75</v>
       </c>
       <c r="H279">
         <v>2008</v>
       </c>
       <c r="I279">
         <v>2015</v>
       </c>
       <c r="J279" t="s">
         <v>51</v>
       </c>
       <c r="K279" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L279" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="M279" t="s">
         <v>26</v>
       </c>
       <c r="N279" t="s">
         <v>34</v>
       </c>
       <c r="O279" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="P279" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="B280" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="C280" t="s">
         <v>18</v>
       </c>
       <c r="D280" t="s">
-        <v>137</v>
+        <v>527</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>968</v>
       </c>
       <c r="G280" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H280">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I280">
         <v>2015</v>
       </c>
+      <c r="I280"/>
       <c r="J280" t="s">
         <v>51</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="M280" t="s">
         <v>26</v>
       </c>
       <c r="N280" t="s">
         <v>34</v>
       </c>
       <c r="O280" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="P280" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="B281" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="C281" t="s">
         <v>18</v>
       </c>
       <c r="D281" t="s">
-        <v>527</v>
+        <v>259</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>968</v>
       </c>
       <c r="G281" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H281">
+        <v>2005</v>
+      </c>
+      <c r="I281">
         <v>2015</v>
       </c>
-      <c r="I281"/>
       <c r="J281" t="s">
         <v>51</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="M281" t="s">
         <v>26</v>
       </c>
       <c r="N281" t="s">
         <v>34</v>
       </c>
       <c r="O281" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="P281" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="B282" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C282" t="s">
         <v>18</v>
       </c>
       <c r="D282" t="s">
-        <v>259</v>
+        <v>97</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>968</v>
       </c>
       <c r="G282" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H282">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I282"/>
       <c r="J282" t="s">
         <v>51</v>
       </c>
       <c r="K282" t="s">
         <v>24</v>
       </c>
       <c r="L282" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="M282" t="s">
-        <v>26</v>
+        <v>1312</v>
       </c>
       <c r="N282" t="s">
         <v>34</v>
       </c>
       <c r="O282" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="P282" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="B283" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="C283" t="s">
         <v>18</v>
       </c>
       <c r="D283" t="s">
-        <v>97</v>
+        <v>373</v>
       </c>
       <c r="E283" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F283" t="s">
         <v>968</v>
       </c>
       <c r="G283" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H283">
+        <v>2005</v>
+      </c>
+      <c r="I283">
         <v>2016</v>
       </c>
-      <c r="I283"/>
       <c r="J283" t="s">
         <v>51</v>
       </c>
       <c r="K283" t="s">
         <v>24</v>
       </c>
       <c r="L283" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="M283" t="s">
         <v>1312</v>
       </c>
       <c r="N283" t="s">
         <v>34</v>
       </c>
       <c r="O283" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="P283" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B284" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="C284" t="s">
         <v>18</v>
       </c>
       <c r="D284" t="s">
         <v>373</v>
       </c>
       <c r="E284" t="s">
         <v>330</v>
       </c>
       <c r="F284" t="s">
         <v>968</v>
       </c>
       <c r="G284" t="s">
         <v>75</v>
       </c>
       <c r="H284">
         <v>2005</v>
       </c>
       <c r="I284">
         <v>2016</v>
       </c>
       <c r="J284" t="s">
         <v>51</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="M284" t="s">
         <v>1312</v>
       </c>
       <c r="N284" t="s">
         <v>34</v>
       </c>
       <c r="O284" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="P284" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="B285" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="C285" t="s">
         <v>18</v>
       </c>
       <c r="D285" t="s">
         <v>373</v>
       </c>
       <c r="E285" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>968</v>
       </c>
       <c r="G285" t="s">
         <v>75</v>
       </c>
       <c r="H285">
         <v>2005</v>
       </c>
       <c r="I285">
         <v>2016</v>
       </c>
       <c r="J285" t="s">
         <v>51</v>
       </c>
       <c r="K285" t="s">
         <v>24</v>
       </c>
       <c r="L285" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="M285" t="s">
         <v>1312</v>
       </c>
       <c r="N285" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O285" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="P285" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="B286" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="C286" t="s">
         <v>18</v>
       </c>
       <c r="D286" t="s">
-        <v>373</v>
+        <v>121</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>968</v>
       </c>
       <c r="G286" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H286">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="I286">
         <v>2016</v>
       </c>
+      <c r="I286"/>
       <c r="J286" t="s">
         <v>51</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="M286" t="s">
         <v>1312</v>
       </c>
       <c r="N286" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O286" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="P286" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="B287" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="C287" t="s">
         <v>18</v>
       </c>
       <c r="D287" t="s">
-        <v>121</v>
+        <v>373</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>968</v>
       </c>
       <c r="G287" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H287">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I287"/>
+        <v>2005</v>
+      </c>
+      <c r="I287">
+        <v>2017</v>
+      </c>
       <c r="J287" t="s">
         <v>51</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="M287" t="s">
         <v>1312</v>
       </c>
       <c r="N287" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="P287" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="B288" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C288" t="s">
         <v>18</v>
       </c>
       <c r="D288" t="s">
-        <v>373</v>
+        <v>332</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>968</v>
       </c>
       <c r="G288" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H288">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="I288">
         <v>2017</v>
       </c>
+      <c r="I288"/>
       <c r="J288" t="s">
         <v>51</v>
       </c>
       <c r="K288" t="s">
         <v>24</v>
       </c>
       <c r="L288" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="M288" t="s">
         <v>1312</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="P288" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="B289" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="C289" t="s">
         <v>18</v>
       </c>
       <c r="D289" t="s">
-        <v>332</v>
+        <v>871</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>968</v>
       </c>
       <c r="G289" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H289">
         <v>2017</v>
       </c>
-      <c r="I289"/>
+      <c r="I289">
+        <v>2021</v>
+      </c>
       <c r="J289" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K289" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L289" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="M289" t="s">
-        <v>1312</v>
+        <v>1244</v>
       </c>
       <c r="N289" t="s">
-        <v>27</v>
+        <v>314</v>
       </c>
       <c r="O289" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="P289" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B290" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="C290" t="s">
         <v>18</v>
       </c>
       <c r="D290" t="s">
-        <v>871</v>
+        <v>437</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>968</v>
       </c>
       <c r="G290" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H290">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I290"/>
       <c r="J290" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="K290" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L290" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="M290" t="s">
-        <v>1244</v>
+        <v>1312</v>
       </c>
       <c r="N290" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O290" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="P290" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B291" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C291" t="s">
         <v>18</v>
       </c>
       <c r="D291" t="s">
-        <v>437</v>
+        <v>103</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>968</v>
       </c>
       <c r="G291" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H291">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I291"/>
+        <v>2018</v>
+      </c>
+      <c r="I291">
+        <v>2024</v>
+      </c>
       <c r="J291" t="s">
-        <v>23</v>
+        <v>1254</v>
       </c>
       <c r="K291" t="s">
         <v>24</v>
       </c>
       <c r="L291" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="M291" t="s">
-        <v>1312</v>
+        <v>1256</v>
       </c>
       <c r="N291" t="s">
         <v>34</v>
       </c>
       <c r="O291" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="P291" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B292" t="s">
-        <v>1548</v>
+        <v>126</v>
       </c>
       <c r="C292" t="s">
         <v>18</v>
       </c>
       <c r="D292" t="s">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>968</v>
       </c>
       <c r="G292" t="s">
-        <v>75</v>
+        <v>1470</v>
       </c>
       <c r="H292">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I292"/>
       <c r="J292" t="s">
-        <v>1254</v>
+        <v>23</v>
       </c>
       <c r="K292" t="s">
         <v>24</v>
       </c>
       <c r="L292" t="s">
-        <v>1549</v>
+        <v>127</v>
       </c>
       <c r="M292" t="s">
-        <v>1256</v>
+        <v>1312</v>
       </c>
       <c r="N292" t="s">
         <v>34</v>
       </c>
       <c r="O292" t="s">
         <v>1550</v>
       </c>
       <c r="P292" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
         <v>1552</v>
       </c>
       <c r="B293" t="s">
-        <v>126</v>
+        <v>38</v>
       </c>
       <c r="C293" t="s">
         <v>18</v>
       </c>
       <c r="D293" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>968</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293">
         <v>2020</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
         <v>23</v>
       </c>
       <c r="K293" t="s">
         <v>24</v>
       </c>
       <c r="L293" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="M293" t="s">
         <v>1312</v>
       </c>
       <c r="N293" t="s">
         <v>34</v>
       </c>
       <c r="O293" t="s">
         <v>1553</v>
       </c>
       <c r="P293" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
         <v>1555</v>
       </c>
       <c r="B294" t="s">
-        <v>38</v>
+        <v>136</v>
       </c>
       <c r="C294" t="s">
         <v>18</v>
       </c>
       <c r="D294" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>968</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>2020</v>
       </c>
       <c r="I294"/>
       <c r="J294" t="s">
         <v>23</v>
       </c>
       <c r="K294" t="s">
         <v>24</v>
       </c>
       <c r="L294" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="M294" t="s">
         <v>1312</v>
       </c>
       <c r="N294" t="s">
         <v>34</v>
       </c>
       <c r="O294" t="s">
         <v>1556</v>
       </c>
       <c r="P294" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
         <v>1558</v>
       </c>
       <c r="B295" t="s">
-        <v>136</v>
+        <v>1559</v>
       </c>
       <c r="C295" t="s">
         <v>18</v>
       </c>
       <c r="D295" t="s">
-        <v>137</v>
+        <v>373</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>968</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>2020</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
         <v>23</v>
       </c>
       <c r="K295" t="s">
         <v>24</v>
       </c>
       <c r="L295" t="s">
-        <v>138</v>
+        <v>1560</v>
       </c>
       <c r="M295" t="s">
         <v>1312</v>
       </c>
       <c r="N295" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="P295" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B296" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="C296" t="s">
         <v>18</v>
       </c>
       <c r="D296" t="s">
-        <v>373</v>
+        <v>103</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>968</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>2020</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
         <v>23</v>
       </c>
       <c r="K296" t="s">
         <v>24</v>
       </c>
       <c r="L296" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="M296" t="s">
         <v>1312</v>
       </c>
       <c r="N296" t="s">
         <v>27</v>
       </c>
       <c r="O296" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P296" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="B297" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="C297" t="s">
         <v>18</v>
       </c>
       <c r="D297" t="s">
-        <v>103</v>
+        <v>373</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>968</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
         <v>2020</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
         <v>23</v>
       </c>
       <c r="K297" t="s">
         <v>24</v>
       </c>
       <c r="L297" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="M297" t="s">
         <v>1312</v>
       </c>
       <c r="N297" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O297" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="P297" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="B298" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="C298" t="s">
         <v>18</v>
       </c>
       <c r="D298" t="s">
-        <v>373</v>
+        <v>927</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>968</v>
       </c>
       <c r="G298" t="s">
-        <v>22</v>
+        <v>1470</v>
       </c>
       <c r="H298">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
         <v>23</v>
       </c>
       <c r="K298" t="s">
-        <v>24</v>
+        <v>1575</v>
       </c>
       <c r="L298" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="M298" t="s">
         <v>1312</v>
       </c>
       <c r="N298" t="s">
-        <v>34</v>
+        <v>929</v>
       </c>
       <c r="O298" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="P298" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="B299" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="C299" t="s">
         <v>18</v>
       </c>
       <c r="D299" t="s">
-        <v>927</v>
+        <v>366</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>968</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I299"/>
       <c r="J299" t="s">
         <v>23</v>
       </c>
       <c r="K299" t="s">
-        <v>1578</v>
+        <v>24</v>
       </c>
       <c r="L299" t="s">
-        <v>1579</v>
+        <v>127</v>
       </c>
       <c r="M299" t="s">
         <v>1312</v>
       </c>
       <c r="N299" t="s">
-        <v>929</v>
+        <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="P299" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B300" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="C300" t="s">
         <v>18</v>
       </c>
       <c r="D300" t="s">
-        <v>366</v>
+        <v>132</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>968</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I300"/>
       <c r="J300" t="s">
         <v>23</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300" t="s">
         <v>127</v>
       </c>
       <c r="M300" t="s">
         <v>1312</v>
       </c>
       <c r="N300" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O300" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="P300" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B301" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C301" t="s">
         <v>18</v>
       </c>
       <c r="D301" t="s">
-        <v>132</v>
+        <v>1589</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>968</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
         <v>2021</v>
       </c>
       <c r="I301"/>
       <c r="J301" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301" t="s">
-        <v>127</v>
+        <v>1590</v>
       </c>
       <c r="M301" t="s">
-        <v>1312</v>
+        <v>1244</v>
       </c>
       <c r="N301" t="s">
         <v>34</v>
       </c>
       <c r="O301" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="P301" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="B302" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="C302" t="s">
         <v>18</v>
       </c>
       <c r="D302" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="E302" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F302" t="s">
-        <v>968</v>
+        <v>331</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I302"/>
       <c r="J302" t="s">
         <v>76</v>
       </c>
       <c r="K302" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L302" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="M302" t="s">
-        <v>1244</v>
+        <v>1597</v>
       </c>
       <c r="N302" t="s">
         <v>34</v>
       </c>
       <c r="O302" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="P302" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="B303" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="C303" t="s">
         <v>18</v>
       </c>
       <c r="D303" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="E303" t="s">
         <v>330</v>
       </c>
       <c r="F303" t="s">
         <v>331</v>
       </c>
       <c r="G303" t="s">
         <v>22</v>
       </c>
       <c r="H303">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I303"/>
       <c r="J303" t="s">
         <v>76</v>
       </c>
       <c r="K303" t="s">
-        <v>236</v>
+        <v>24</v>
       </c>
       <c r="L303" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="M303" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="N303" t="s">
         <v>34</v>
       </c>
       <c r="O303" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="P303" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="B304" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="C304" t="s">
         <v>18</v>
       </c>
       <c r="D304" t="s">
-        <v>1605</v>
+        <v>618</v>
       </c>
       <c r="E304" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F304" t="s">
-        <v>331</v>
+        <v>968</v>
       </c>
       <c r="G304" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H304">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I304"/>
+        <v>2003</v>
+      </c>
+      <c r="I304">
+        <v>2013</v>
+      </c>
       <c r="J304" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="K304" t="s">
         <v>24</v>
       </c>
       <c r="L304" t="s">
-        <v>1606</v>
+        <v>719</v>
       </c>
       <c r="M304" t="s">
-        <v>1600</v>
+        <v>26</v>
       </c>
       <c r="N304" t="s">
         <v>34</v>
       </c>
       <c r="O304" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="P304" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B305" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="C305" t="s">
         <v>18</v>
       </c>
       <c r="D305" t="s">
-        <v>618</v>
+        <v>1612</v>
       </c>
       <c r="E305" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F305" t="s">
-        <v>968</v>
+        <v>1613</v>
       </c>
       <c r="G305" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H305">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I305"/>
       <c r="J305" t="s">
-        <v>51</v>
+        <v>1614</v>
       </c>
       <c r="K305" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L305" t="s">
-        <v>719</v>
+        <v>1615</v>
       </c>
       <c r="M305" t="s">
-        <v>26</v>
+        <v>1616</v>
       </c>
       <c r="N305" t="s">
-        <v>34</v>
+        <v>1617</v>
       </c>
       <c r="O305" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="P305" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="B306" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="C306" t="s">
         <v>18</v>
       </c>
       <c r="D306" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="E306" t="s">
         <v>330</v>
       </c>
       <c r="F306" t="s">
-        <v>1616</v>
+        <v>331</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I306"/>
       <c r="J306" t="s">
-        <v>1617</v>
+        <v>311</v>
       </c>
       <c r="K306" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="L306"/>
       <c r="M306" t="s">
-        <v>1619</v>
+        <v>334</v>
       </c>
       <c r="N306" t="s">
-        <v>1620</v>
+        <v>314</v>
       </c>
       <c r="O306" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="P306" t="s">
-        <v>1622</v>
-[...6 lines deleted...]
-      <c r="B307" t="s">
         <v>1624</v>
-      </c>
-[...36 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">