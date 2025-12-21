--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -473,98 +473,101 @@
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/dishwashers/partners</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -590,149 +593,155 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
+    <t>Kitchen</t>
+  </si>
+  <si>
+    <t>GB 39177-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-[...7 lines deleted...]
-  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1056,51 +1065,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2124,614 +2133,618 @@
       </c>
       <c r="P21" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>150</v>
       </c>
       <c r="B22" t="s">
         <v>17</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>151</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="H22">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>25</v>
       </c>
       <c r="M22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B23" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>151</v>
       </c>
       <c r="G23" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="H23">
         <v>2008</v>
       </c>
       <c r="I23">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J23" t="s">
-        <v>33</v>
+        <v>153</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D24" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>151</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="O24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>39</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>151</v>
       </c>
       <c r="G25" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J25" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>46</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>151</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>33</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>151</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27"/>
       <c r="J27" t="s">
         <v>33</v>
       </c>
       <c r="K27" t="s">
         <v>58</v>
       </c>
       <c r="L27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>151</v>
       </c>
       <c r="G28" t="s">
-        <v>32</v>
+        <v>191</v>
       </c>
       <c r="H28">
         <v>2008</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>33</v>
+        <v>153</v>
       </c>
       <c r="K28" t="s">
         <v>58</v>
       </c>
       <c r="L28" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="P28" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>92</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>151</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="L29" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="N29" t="s">
         <v>94</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="P29" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>92</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" t="s">
         <v>8</v>
       </c>
       <c r="H30">
         <v>2019</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>165</v>
+        <v>204</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="M30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N30" t="s">
         <v>94</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="P30" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>151</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>102</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="M31" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B32" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>151</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="H32">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>102</v>
+        <v>153</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="M32" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="P32" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B33" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>151</v>
       </c>
       <c r="G33" t="s">
         <v>8</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
-        <v>215</v>
+        <v>153</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N33" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="O33" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="P33" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">